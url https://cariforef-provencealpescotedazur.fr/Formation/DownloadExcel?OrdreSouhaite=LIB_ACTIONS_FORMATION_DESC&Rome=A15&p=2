--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -410,77 +410,77 @@
   <x:si>
     <x:t>Pet Sitter</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>ostéopathie animale (animostéo)</x:t>
   </x:si>
   <x:si>
     <x:t>Animosteo</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ostéopathe pour animaux</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut de Formation d'Ostéopathes Animaliers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFOA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TARASCON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut de formation d'ostéopathes animaliers - IFOA</x:t>
   </x:si>
   <x:si>
-    <x:t>13150</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>07/31/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ostéopathe animalier</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine vétérinaire</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2022 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathie Animalière</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathe animalier</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Synergie Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>ESN</x:t>
@@ -599,318 +599,318 @@
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole maréchal-ferrant (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>Maréchalerie</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13548</x:t>
   </x:si>
   <x:si>
-    <x:t>GARDANNE</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CAP agricole maréchal-ferrant</x:t>
   </x:si>
   <x:si>
+    <x:t>Apprendre Comprendre Entreprendre Formation Conseils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LEGTA</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre|Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Apprendre Comprendre Entreprendre Formation Conseils</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTM Toiletteur canin et félin (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire vétérinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>IMFA</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire spécialisé vétérinaire (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Animal Pro Formation</x:t>
   </x:si>
   <x:si>
     <x:t>APFORM</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
+    <x:t>02/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auxiliaire spécialisé vétérinaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secrétariat assistanat spécialisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/24/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>05/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Aix en Provence</x:t>
-[...32 lines deleted...]
-    <x:t>09/13/2028 00:00:00</x:t>
+    <x:t>02/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2028 00:00:00</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Auxiliaire spécialisé vétérinaire</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Belmont</x:t>
-[...8 lines deleted...]
-    <x:t>AIX EN PROVENCE</x:t>
+    <x:t>MOUGINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ÉRUDIS Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Bonaparte</x:t>
   </x:si>
   <x:si>
-    <x:t>ÉRUDIS Formation</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Privé du Para-Médical</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Privé du Para-Médical - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire de service vétérinaire</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi , Tout public</x:t>
   </x:si>
@@ -2124,106 +2124,106 @@
       <x:c r="K12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>543786</x:v>
+        <x:v>590180</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42003</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>590180</x:v>
+        <x:v>543786</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
@@ -3056,323 +3056,324 @@
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>597090</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38485</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>592887</x:v>
+        <x:v>541352</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38485</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>117</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>541352</x:v>
+        <x:v>592887</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38485</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="I33" s="4" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="K33" s="0" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>587697</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>24855</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>447767</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>24855</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>447765</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -4411,57 +4412,57 @@
       <x:c r="K55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>21089</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>496519</x:v>
+        <x:v>605863</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38388</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>174</x:v>
@@ -4472,343 +4473,343 @@
       <x:c r="K56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>21089</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>605863</x:v>
+        <x:v>496519</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38388</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>21089</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>555706</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38388</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>21089</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="Q58" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="Q58" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>581371</x:v>
+        <x:v>581268</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38388</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>21089</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>544638</x:v>
+        <x:v>581371</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38388</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>21089</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="R60" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="S60" s="14" t="n">
+        <x:v>544638</x:v>
+      </x:c>
+      <x:c r="T60" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="R60" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="T60" s="16" t="s">
+      <x:c r="U60" s="16" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38388</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>21089</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>581268</x:v>
+        <x:v>581513</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38046</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>23</x:v>
@@ -4944,51 +4945,51 @@
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>494454</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -5001,360 +5002,356 @@
       <x:c r="K65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>510426</x:v>
+        <x:v>554552</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>37507</x:v>
+        <x:v>40580</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>204</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>554552</x:v>
+        <x:v>588114</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>37507</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>510424</x:v>
+        <x:v>581477</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>40344</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>599690</x:v>
+        <x:v>581478</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>40358</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>581477</x:v>
+        <x:v>573815</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>40358</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>581478</x:v>
+        <x:v>573816</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -5364,239 +5361,239 @@
       <x:c r="K71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>573815</x:v>
+        <x:v>599691</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>573816</x:v>
+        <x:v>510424</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>599691</x:v>
+        <x:v>510426</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>40358</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>607828</x:v>
+        <x:v>599690</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -5609,54 +5606,54 @@
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>510422</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>206</x:v>
@@ -5664,120 +5661,120 @@
       <x:c r="J76" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>510423</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>607826</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>206</x:v>
@@ -5791,54 +5788,54 @@
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>573814</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -5851,1175 +5848,1179 @@
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>599689</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>40344</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>599688</x:v>
+        <x:v>607828</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>510425</x:v>
+        <x:v>599688</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>573808</x:v>
+        <x:v>510425</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>599692</x:v>
+        <x:v>573808</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>40358</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s"/>
+      <x:c r="E84" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>598830</x:v>
+        <x:v>599692</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>573915</x:v>
+        <x:v>598830</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>40580</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>249</x:v>
-[...1 lines deleted...]
-      <x:c r="H86" s="14" t="s"/>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>576800</x:v>
+        <x:v>573915</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>40358</x:v>
+        <x:v>40580</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>606169</x:v>
+        <x:v>576800</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>106</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>40580</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="Q88" s="16" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="R88" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="Q88" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>592559</x:v>
+        <x:v>576802</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>40580</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>588114</x:v>
+        <x:v>592559</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>40580</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>576802</x:v>
+        <x:v>606169</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>617417</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>40358</x:v>
+        <x:v>40580</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>599777</x:v>
+        <x:v>575913</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40580</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>575831</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>40580</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="Q94" s="16" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="R94" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="S94" s="14" t="n">
+        <x:v>599777</x:v>
+      </x:c>
+      <x:c r="T94" s="16" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>560333</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>560669</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>560871</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>563954</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35138</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>508785</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>277</x:v>
@@ -7260,51 +7261,51 @@
       <x:c r="L104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>527374</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">