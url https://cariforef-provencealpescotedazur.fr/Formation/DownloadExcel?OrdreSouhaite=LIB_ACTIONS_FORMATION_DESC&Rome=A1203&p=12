--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -554,59 +554,59 @@
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale Montagne 05</x:t>
   </x:si>
   <x:si>
     <x:t>05300</x:t>
   </x:si>
   <x:si>
     <x:t>VENTAVON</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation constructions paysagères</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation arrosage automatique : espaces verts et sols sportifs (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Miramas Formation - Cfa Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13140</x:t>
+  </x:si>
+  <x:si>
     <x:t>Arrosage</x:t>
   </x:si>
   <x:si>
-    <x:t>Miramas Formation - Cfa Fontlongue</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>CAPA jardinier paysagiste</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole jardinier paysagiste (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA IME Les Marronniers</x:t>
@@ -842,63 +842,63 @@
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA aménagements paysagers</x:t>
   </x:si>
   <x:si>
     <x:t>LA L Giraud</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>BPA option travaux des aménagements paysagers spécialité travaux de création et d'entretien (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BPA option ouvrier spécialisé en paysage (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BPA option ouvrier spécialisé en paysage</x:t>
   </x:si>
   <x:si>
+    <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP option aménagements paysagers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP option aménagements paysagers</x:t>
   </x:si>
   <x:si>
     <x:t>ADFPA 05</x:t>
   </x:si>
@@ -3442,270 +3442,270 @@
       <x:c r="S34" s="14" t="n">
         <x:v>612388</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>35397</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>126</x:v>
-[...2 lines deleted...]
-        <x:v>127</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>21047</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="P35" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="P35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>549903</x:v>
+        <x:v>554272</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35397</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>21047</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>605868</x:v>
+        <x:v>549903</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35397</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>21047</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>605506</x:v>
+        <x:v>605868</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>35397</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>21047</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="P38" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="P38" s="14" t="s">
+      <x:c r="Q38" s="16" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>554272</x:v>
+        <x:v>605506</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -4705,79 +4705,79 @@
         <x:v>496514</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q56" s="16" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>554256</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
@@ -5842,78 +5842,78 @@
       <x:c r="S74" s="14" t="n">
         <x:v>610002</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="I75" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q75" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>506220</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
@@ -6409,548 +6409,547 @@
       <x:c r="H84" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>496506</x:v>
+        <x:v>605859</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>496510</x:v>
+        <x:v>548666</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>548666</x:v>
+        <x:v>549802</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>126</x:v>
-[...2 lines deleted...]
-        <x:v>127</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>549802</x:v>
+        <x:v>496212</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>196</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>127</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>496212</x:v>
+        <x:v>605860</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>605860</x:v>
+        <x:v>605861</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>605861</x:v>
+        <x:v>545525</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>545525</x:v>
+        <x:v>496506</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>605859</x:v>
+        <x:v>496510</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -7284,78 +7283,78 @@
       <x:c r="S98" s="14" t="n">
         <x:v>496515</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="I99" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q99" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>605504</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
@@ -9069,78 +9068,78 @@
       <x:c r="S128" s="14" t="n">
         <x:v>549864</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="I129" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q129" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>506234</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
@@ -9187,78 +9186,78 @@
       <x:c r="S130" s="14" t="n">
         <x:v>605830</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="I131" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q131" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>554248</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
@@ -9305,145 +9304,146 @@
       <x:c r="S132" s="14" t="n">
         <x:v>496431</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>605498</x:v>
+        <x:v>605832</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>126</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>605832</x:v>
+        <x:v>605498</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -9852,75 +9852,75 @@
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>555714</x:v>
+        <x:v>606813</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39066</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -9930,172 +9930,172 @@
       <x:c r="K143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>605823</x:v>
+        <x:v>555714</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39066</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>605826</x:v>
+        <x:v>605823</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39066</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>606813</x:v>
+        <x:v>605826</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>39066</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>126</x:v>
@@ -10313,151 +10313,153 @@
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>555713</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39066</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
-      <x:c r="E150" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E150" s="14" t="s"/>
+      <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>579840</x:v>
+        <x:v>577419</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>39066</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
+      <x:c r="E151" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="F151" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>577419</x:v>
+        <x:v>579840</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39066</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -10527,242 +10529,242 @@
       <x:c r="H153" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>555693</x:v>
+        <x:v>555698</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>605804</x:v>
+        <x:v>549795</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>555698</x:v>
+        <x:v>605804</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>549795</x:v>
+        <x:v>555693</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -11011,305 +11013,305 @@
       <x:c r="H161" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>496375</x:v>
+        <x:v>605806</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>605806</x:v>
+        <x:v>605809</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>605809</x:v>
+        <x:v>549851</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>549851</x:v>
+        <x:v>549855</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>549855</x:v>
+        <x:v>496375</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>127</x:v>
@@ -12104,360 +12106,360 @@
       <x:c r="K179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>549809</x:v>
+        <x:v>605786</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>496340</x:v>
+        <x:v>496339</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>549807</x:v>
+        <x:v>496341</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>496339</x:v>
+        <x:v>549809</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>496341</x:v>
+        <x:v>496340</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>605786</x:v>
+        <x:v>549807</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -12613,214 +12615,214 @@
         <x:v>605789</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>496338</x:v>
+        <x:v>497179</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>38857</x:v>
+        <x:v>31691</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>497179</x:v>
+        <x:v>447263</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>31691</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>447263</x:v>
+        <x:v>496338</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -12915,78 +12917,78 @@
       <x:c r="S192" s="14" t="n">
         <x:v>447265</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="I193" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q193" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>554247</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
@@ -13215,136 +13217,136 @@
         <x:v>545515</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q198" s="16" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>605493</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="I199" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q199" s="4" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>506179</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>