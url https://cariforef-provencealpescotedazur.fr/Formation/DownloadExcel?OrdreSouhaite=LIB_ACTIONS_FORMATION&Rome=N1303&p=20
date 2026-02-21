--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -212,89 +212,89 @@
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro logistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
+    <x:t>Ogec Henri Leroy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-SAINT-LOUIS-DU-RHONE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Gustave Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
-    <x:t>13016</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Châteaurenard</x:t>
   </x:si>
   <x:si>
     <x:t>13160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAURENARD</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Montagnette</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13570</x:t>
@@ -455,71 +455,71 @@
   <x:si>
     <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>BTS gestion des transports et logistique associée</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M de Sully</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Logistique transport</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>G et L Formation - Luc Grzesiak - Cftl Transformation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Bristol</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée I Dauphin</x:t>
   </x:si>
   <x:si>
-    <x:t>G et L Formation - Luc Grzesiak - Cftl Transformation</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS gestion des transports et logistique associée (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
@@ -1169,84 +1169,84 @@
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien supérieur en méthodes et exploitation logistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aftral - Antenne Saint Martin de Crau - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13310</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MARTIN-DE-CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
@@ -1967,298 +1967,297 @@
       <x:c r="S4" s="14" t="n">
         <x:v>508122</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>556759</x:v>
+        <x:v>556850</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="H6" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H6" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I6" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>548924</x:v>
+        <x:v>556759</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>55</x:v>
-[...1 lines deleted...]
-      <x:c r="H7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>556850</x:v>
+        <x:v>548924</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>499799</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>506628</x:v>
       </x:c>
@@ -2275,51 +2274,51 @@
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>498013</x:v>
       </x:c>
@@ -2335,231 +2334,231 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>560171</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>556852</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>455446</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>499803</x:v>
       </x:c>
@@ -2575,314 +2574,314 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>495160</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>507274</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>545410</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>507273</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>556851</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
@@ -2922,135 +2921,135 @@
       <x:c r="S20" s="14" t="n">
         <x:v>592323</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>592325</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>592328</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -3366,303 +3365,303 @@
       <x:c r="S28" s="14" t="n">
         <x:v>592326</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>609687</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>602889</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>609684</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>609686</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>598844</x:v>
       </x:c>
@@ -3733,51 +3732,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>496611</x:v>
       </x:c>
@@ -3794,51 +3793,51 @@
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>549858</x:v>
       </x:c>
@@ -3883,313 +3882,313 @@
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>594199</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>594195</x:v>
+        <x:v>542903</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>594196</x:v>
+        <x:v>594195</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>594198</x:v>
+        <x:v>594196</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>542903</x:v>
+        <x:v>594198</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>542905</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
@@ -4399,235 +4398,235 @@
       <x:c r="S46" s="14" t="n">
         <x:v>594197</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I47" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J47" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K47" s="0" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>603250</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>603253</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I49" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K49" s="0" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>499806</x:v>
       </x:c>
@@ -4640,51 +4639,51 @@
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>506630</x:v>
       </x:c>
@@ -4699,51 +4698,51 @@
       <x:c r="A52" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>553792</x:v>
       </x:c>
@@ -4756,51 +4755,51 @@
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>553793</x:v>
       </x:c>
@@ -4817,51 +4816,51 @@
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>548590</x:v>
       </x:c>
@@ -4877,51 +4876,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>556522</x:v>
       </x:c>
@@ -4938,111 +4937,111 @@
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>605990</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>556812</x:v>
       </x:c>
@@ -5057,51 +5056,51 @@
       <x:c r="A58" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>603622</x:v>
       </x:c>
@@ -5114,112 +5113,112 @@
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>495978</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>541240</x:v>
       </x:c>
@@ -5235,51 +5234,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>541254</x:v>
       </x:c>
@@ -5296,111 +5295,111 @@
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>541264</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>609670</x:v>
       </x:c>
@@ -5415,108 +5414,108 @@
       <x:c r="A64" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>552578</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I65" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J65" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K65" s="0" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>548933</x:v>
       </x:c>
@@ -5531,51 +5530,51 @@
       <x:c r="A66" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>510282</x:v>
       </x:c>
@@ -5588,51 +5587,51 @@
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>504027</x:v>
       </x:c>
@@ -5647,51 +5646,51 @@
       <x:c r="A68" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>504471</x:v>
       </x:c>
@@ -5704,51 +5703,51 @@
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>557633</x:v>
       </x:c>
@@ -5763,51 +5762,51 @@
       <x:c r="A70" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>535321</x:v>
       </x:c>
@@ -5823,167 +5822,167 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>537073</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>548926</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I73" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J73" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K73" s="0" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>548931</x:v>
       </x:c>
@@ -5992,114 +5991,114 @@
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>501344</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>547293</x:v>
       </x:c>
@@ -6116,51 +6115,51 @@
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>504385</x:v>
       </x:c>
@@ -6173,51 +6172,51 @@
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>549470</x:v>
       </x:c>
@@ -6234,51 +6233,51 @@
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>498197</x:v>
       </x:c>
@@ -6294,228 +6293,228 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>556542</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>603252</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>600371</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>602224</x:v>
       </x:c>
@@ -6528,112 +6527,112 @@
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>600425</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>556856</x:v>
       </x:c>
@@ -6649,112 +6648,112 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>556332</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>607719</x:v>
       </x:c>
@@ -6770,51 +6769,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>503841</x:v>
       </x:c>
@@ -6829,51 +6828,51 @@
       <x:c r="A88" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>603623</x:v>
       </x:c>
@@ -6889,112 +6888,112 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>608174</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>609731</x:v>
       </x:c>
@@ -7007,51 +7006,51 @@
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>607411</x:v>
       </x:c>
@@ -7066,224 +7065,224 @@
       <x:c r="A92" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>598885</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>552611</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>548929</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I95" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K95" s="0" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>548930</x:v>
       </x:c>
@@ -7300,343 +7299,343 @@
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>504426</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>541249</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>548928</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I99" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J99" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K99" s="0" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>603248</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>603251</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I101" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J101" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K101" s="0" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>499804</x:v>
       </x:c>
@@ -7653,51 +7652,51 @@
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>556523</x:v>
       </x:c>
@@ -7713,110 +7712,110 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>607718</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>616732</x:v>
       </x:c>
@@ -7829,110 +7828,110 @@
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>607412</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>548927</x:v>
       </x:c>
@@ -7948,1199 +7947,1199 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>556543</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>609673</x:v>
+        <x:v>541260</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>541260</x:v>
+        <x:v>614683</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>138</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>614683</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="I111" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="J111" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="I111" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>603247</x:v>
+        <x:v>501298</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>501298</x:v>
+        <x:v>510285</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>510285</x:v>
+        <x:v>549219</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>549219</x:v>
+        <x:v>547708</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>547708</x:v>
+        <x:v>605989</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>605989</x:v>
+        <x:v>550661</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>550661</x:v>
+        <x:v>505982</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>194</x:v>
-[...1 lines deleted...]
-      <x:c r="H118" s="14" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H118" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>505982</x:v>
+        <x:v>506784</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>198</x:v>
-[...2 lines deleted...]
-        <x:v>199</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>506784</x:v>
+        <x:v>499314</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>143</x:v>
-[...1 lines deleted...]
-      <x:c r="H120" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>499314</x:v>
+        <x:v>614740</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>614740</x:v>
+        <x:v>545559</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="H122" s="14" t="s"/>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>545559</x:v>
+        <x:v>541244</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>541244</x:v>
+        <x:v>609673</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>556330</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>556873</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="G126" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>583947</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
@@ -10295,51 +10294,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>496474</x:v>
       </x:c>
@@ -10354,51 +10353,51 @@
       <x:c r="A148" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>611636</x:v>
       </x:c>
@@ -10414,51 +10413,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>605841</x:v>
       </x:c>
@@ -10475,51 +10474,51 @@
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>549873</x:v>
       </x:c>
@@ -10535,51 +10534,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>605931</x:v>
       </x:c>
@@ -10594,51 +10593,51 @@
       <x:c r="A152" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>506187</x:v>
       </x:c>
@@ -10651,51 +10650,51 @@
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>554254</x:v>
       </x:c>
@@ -10712,51 +10711,51 @@
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>605842</x:v>
       </x:c>
@@ -10772,51 +10771,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>549874</x:v>
       </x:c>
@@ -10833,51 +10832,51 @@
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>605844</x:v>
       </x:c>
@@ -10893,51 +10892,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>555759</x:v>
       </x:c>
@@ -10954,51 +10953,51 @@
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>496475</x:v>
       </x:c>
@@ -11014,51 +11013,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>605845</x:v>
       </x:c>
@@ -11075,51 +11074,51 @@
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>496610</x:v>
       </x:c>
@@ -11135,142 +11134,142 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>549875</x:v>
+        <x:v>605846</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>605846</x:v>
+        <x:v>549875</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -11311,51 +11310,51 @@
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>605848</x:v>
       </x:c>
@@ -11371,51 +11370,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>510982</x:v>
       </x:c>
@@ -11432,51 +11431,51 @@
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>496476</x:v>
       </x:c>
@@ -11492,51 +11491,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>496609</x:v>
       </x:c>
@@ -11553,51 +11552,51 @@
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>555749</x:v>
       </x:c>
@@ -11613,51 +11612,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>605847</x:v>
       </x:c>
@@ -11674,51 +11673,51 @@
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>549876</x:v>
       </x:c>
@@ -11734,51 +11733,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>549877</x:v>
       </x:c>
@@ -11795,51 +11794,51 @@
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>618249</x:v>
       </x:c>
@@ -11910,51 +11909,51 @@
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>605850</x:v>
       </x:c>
@@ -11967,51 +11966,51 @@
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>611637</x:v>
       </x:c>
@@ -12028,51 +12027,51 @@
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>605849</x:v>
       </x:c>
@@ -12088,51 +12087,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>496477</x:v>
       </x:c>
@@ -12147,51 +12146,51 @@
       <x:c r="A178" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>554255</x:v>
       </x:c>
@@ -12207,51 +12206,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>549878</x:v>
       </x:c>
@@ -12268,51 +12267,51 @@
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>549879</x:v>
       </x:c>
@@ -12325,51 +12324,51 @@
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>506188</x:v>
       </x:c>
@@ -12386,51 +12385,51 @@
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>496605</x:v>
       </x:c>
@@ -12601,350 +12600,350 @@
         <x:v>593169</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>548961</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>548963</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>602919</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>602989</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>602921</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>548964</x:v>
       </x:c>
@@ -13539,51 +13538,51 @@
       <x:c r="A202" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>35861</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>31629</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>498004</x:v>
       </x:c>
@@ -13596,51 +13595,51 @@
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>35861</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31629</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>549334</x:v>
       </x:c>
@@ -15229,108 +15228,108 @@
       <x:c r="A232" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>557590</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>602924</x:v>
       </x:c>
@@ -15341,289 +15340,289 @@
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>581153</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>602925</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>602934</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>548989</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>605541</x:v>
       </x:c>
@@ -15636,167 +15635,167 @@
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>547870</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>602926</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>602928</x:v>
       </x:c>
@@ -15807,233 +15806,233 @@
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>601319</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>601320</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>548991</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>548993</x:v>
       </x:c>
@@ -16044,114 +16043,114 @@
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>581152</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>548995</x:v>
       </x:c>
@@ -16166,51 +16165,51 @@
       <x:c r="A248" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>604387</x:v>
       </x:c>
@@ -16489,79 +16488,79 @@
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>557324</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>611506</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
@@ -16883,78 +16882,78 @@
       <x:c r="T260" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>583953</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
@@ -17829,1580 +17828,1578 @@
         <x:v>557331</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="Q278" s="16" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="R278" s="14" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="S278" s="14" t="n">
+        <x:v>497657</x:v>
+      </x:c>
+      <x:c r="T278" s="16" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="U278" s="16" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>557591</x:v>
+        <x:v>535151</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>548966</x:v>
+        <x:v>557591</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>511113</x:v>
+        <x:v>548966</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="I282" s="16" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="J282" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K282" s="14" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>612074</x:v>
+        <x:v>511113</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>338</x:v>
-[...2 lines deleted...]
-        <x:v>339</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>601321</x:v>
+        <x:v>612074</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="H284" s="14" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="I284" s="16" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J284" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K284" s="14" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>548968</x:v>
+        <x:v>601321</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I285" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J285" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K285" s="0" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>499831</x:v>
+        <x:v>548968</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>617512</x:v>
+        <x:v>499831</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>581154</x:v>
+        <x:v>617512</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="H288" s="14" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="I288" s="16" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J288" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K288" s="14" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>602938</x:v>
+        <x:v>581154</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I289" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J289" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K289" s="0" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>602939</x:v>
+        <x:v>602938</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>547808</x:v>
+        <x:v>602939</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>602267</x:v>
+        <x:v>547808</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>556665</x:v>
+        <x:v>602267</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="I293" s="4" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="J293" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K293" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="I293" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>616733</x:v>
+        <x:v>556665</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>499834</x:v>
+        <x:v>616733</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I295" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J295" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K295" s="0" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>602936</x:v>
+        <x:v>499834</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>602993</x:v>
+        <x:v>602936</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I297" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J297" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K297" s="0" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>499832</x:v>
+        <x:v>602993</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>564092</x:v>
+        <x:v>499832</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I299" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J299" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K299" s="0" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>602937</x:v>
+        <x:v>564092</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>605542</x:v>
+        <x:v>602937</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="I301" s="4" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="J301" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="K301" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="I301" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L301" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>548969</x:v>
+        <x:v>605542</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>548970</x:v>
+        <x:v>548969</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>497657</x:v>
+        <x:v>548970</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>558361</x:v>
       </x:c>