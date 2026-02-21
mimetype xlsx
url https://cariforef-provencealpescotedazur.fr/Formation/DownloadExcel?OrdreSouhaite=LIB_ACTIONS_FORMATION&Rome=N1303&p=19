--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -716,179 +716,179 @@
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sully</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aftral - Antenne Nice - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Ismaël Dauphin</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée Les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>BTS gestion des transports et logistique associée module droit douanier - sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS GTLA - Gestion des transports et logistique associée</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTSA technico-commercial option alimentation et boissons (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akteap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Privé Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pierre Le Roy de Boiseaumarié - Château Mongin (Lycée Professionnel Agricole et Viticole d'Orange)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miramas Formation - Cfa Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA technico-commercial option biens et services pour l'agriculture (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maison Familiale et Rurale Sainte Victoire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROUSSET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA technico-commercial option produits de la filière forêt bois (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">BTSA technico-commercial option univers jardins et animaux de compagnie </x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR Rousset</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA technico-commercial option univers jardins et animaux de compagnie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTSA technico-commercial option vins, bières, et spiritueux</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>BTSA technico-commercial option alimentation et boissons (Apprentissage)</x:t>
-[...61 lines deleted...]
-  <x:si>
     <x:t>BTSA technico-commercial option vins, bières, et spiritueux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA technico-commercial univers jardins et animaux de compagnie (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère européen Logistique</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>responsable des opérations logistiques</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
@@ -986,104 +986,104 @@
   <x:si>
     <x:t>09/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien supérieur en méthodes et exploitation logistique</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolusio Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/01/2025 00:00:00</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Titre Professionnel Technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
@@ -1112,144 +1112,144 @@
   <x:si>
     <x:t>SPS 13</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Six Fours les Plages</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>LE BROC</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Aubagne - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien supérieur en méthodes et exploitation logistique</x:t>
   </x:si>
   <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre Professionnel Technicien supérieur en méthodes et exploitation logistique</x:t>
   </x:si>
   <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA|Aftral - Antenne Ollioules - CFA Régional Transport Logistique PACA</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/06/2028 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien supérieur en méthodes et exploitation logistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Aftral - Antenne Saint Martin de Crau - CFA Régional Transport Logistique PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MARTIN-DE-CRAU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Aftral - Antenne Saint Martin de Crau - CFA Régional Transport Logistique PACA</x:t>
-[...20 lines deleted...]
-    <x:t>09/07/2026 00:00:00</x:t>
+    <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -2028,388 +2028,387 @@
         <x:v>556850</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="H6" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H6" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I6" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>548924</x:v>
+        <x:v>560171</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>556759</x:v>
+        <x:v>548924</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="H8" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H8" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>499799</x:v>
+        <x:v>556759</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>506628</x:v>
+        <x:v>499799</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>498013</x:v>
+        <x:v>506628</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>560171</x:v>
+        <x:v>498013</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>49</x:v>
@@ -7056,206 +7055,206 @@
         <x:v>607411</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>203</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>607718</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>616732</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="H94" s="14" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>607718</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -7409,1509 +7408,1507 @@
         <x:v>556543</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>201</x:v>
-[...1 lines deleted...]
-      <x:c r="H98" s="14" t="s"/>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>552611</x:v>
+        <x:v>609673</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>548929</x:v>
+        <x:v>552611</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>505982</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>504426</x:v>
+        <x:v>605989</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>598885</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>541249</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="H104" s="14" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>603248</x:v>
+        <x:v>504426</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>598885</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="H106" s="14" t="s"/>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>499804</x:v>
+        <x:v>541249</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-        <x:v>161</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>556523</x:v>
+        <x:v>550661</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>541260</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>138</x:v>
-[...2 lines deleted...]
-        <x:v>139</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>614683</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>603247</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>501298</x:v>
+        <x:v>556523</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>184</x:v>
-[...1 lines deleted...]
-      <x:c r="H112" s="14" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>510285</x:v>
+        <x:v>506784</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>138</x:v>
-[...2 lines deleted...]
-        <x:v>139</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>549219</x:v>
+        <x:v>501298</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>547708</x:v>
+        <x:v>541260</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>605989</x:v>
+        <x:v>510285</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>194</x:v>
-[...1 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>550661</x:v>
+        <x:v>549219</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>505982</x:v>
+        <x:v>547708</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>198</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>506784</x:v>
+        <x:v>499314</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>499314</x:v>
+        <x:v>614740</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>614740</x:v>
+        <x:v>614683</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>545559</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>541244</x:v>
+        <x:v>545559</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -8921,57 +8918,57 @@
       <x:c r="K123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>609673</x:v>
+        <x:v>541244</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>167</x:v>
@@ -9124,209 +9121,206 @@
       <x:c r="R126" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>583947</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>615154</x:v>
+        <x:v>493601</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>615155</x:v>
+        <x:v>601066</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>601066</x:v>
+        <x:v>601067</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -9335,402 +9329,405 @@
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>601067</x:v>
+        <x:v>597739</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>493601</x:v>
+        <x:v>541913</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>597739</x:v>
+        <x:v>601063</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>541913</x:v>
+        <x:v>601061</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>601061</x:v>
+        <x:v>606273</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>606273</x:v>
+        <x:v>615154</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>601063</x:v>
+        <x:v>615155</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -9807,100 +9804,103 @@
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>554000</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>36003</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>596442</x:v>
+        <x:v>504163</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -9909,108 +9909,108 @@
       <x:c r="K140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>504163</x:v>
+        <x:v>597738</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>597738</x:v>
+        <x:v>601060</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
@@ -10025,114 +10025,114 @@
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>601060</x:v>
+        <x:v>601062</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>601062</x:v>
+        <x:v>601064</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
@@ -10141,356 +10141,360 @@
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>601064</x:v>
+        <x:v>601065</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>601065</x:v>
+        <x:v>585537</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>585537</x:v>
+        <x:v>554780</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
+      <x:c r="E147" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>554780</x:v>
+        <x:v>496474</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>115</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>496474</x:v>
+        <x:v>611636</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>611636</x:v>
+        <x:v>549873</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
@@ -10507,711 +10511,711 @@
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>605841</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>549873</x:v>
+        <x:v>605931</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>115</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>605931</x:v>
+        <x:v>506187</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>506187</x:v>
+        <x:v>554254</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>246</x:v>
-[...1 lines deleted...]
-      <x:c r="H154" s="14" t="s"/>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>554254</x:v>
+        <x:v>605842</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>605842</x:v>
+        <x:v>549874</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>549874</x:v>
+        <x:v>605844</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>605844</x:v>
+        <x:v>555759</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>555759</x:v>
+        <x:v>496475</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>496475</x:v>
+        <x:v>605845</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>605845</x:v>
+        <x:v>496610</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>496610</x:v>
+        <x:v>549875</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
@@ -11225,701 +11229,693 @@
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>605846</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
-      <x:c r="E163" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>115</x:v>
-[...2 lines deleted...]
-        <x:v>116</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>549875</x:v>
+        <x:v>596443</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s"/>
+      <x:c r="E164" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>253</x:v>
-[...1 lines deleted...]
-      <x:c r="H164" s="14" t="s"/>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>596443</x:v>
+        <x:v>605848</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>605848</x:v>
+        <x:v>510982</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>510982</x:v>
+        <x:v>496476</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>496476</x:v>
+        <x:v>496609</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>496609</x:v>
+        <x:v>555749</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>555749</x:v>
+        <x:v>605847</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>605847</x:v>
+        <x:v>549876</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>549876</x:v>
+        <x:v>549877</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>549877</x:v>
+        <x:v>618249</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
-      <x:c r="E173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>248</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>618249</x:v>
+        <x:v>596442</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>115</x:v>
@@ -11960,81 +11956,81 @@
       <x:c r="S174" s="14" t="n">
         <x:v>605850</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>611637</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -12045,57 +12041,57 @@
       <x:c r="H176" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>605849</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -12105,116 +12101,116 @@
       <x:c r="H177" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>496477</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>554255</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -12285,114 +12281,114 @@
       <x:c r="H180" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>549879</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>506188</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -12433,84 +12429,84 @@
       <x:c r="R182" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>496605</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>551409</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -12744,51 +12740,51 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>602919</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
@@ -12917,51 +12913,51 @@
       <x:c r="G191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>548964</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
@@ -14143,51 +14139,51 @@
       <x:c r="K212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>557344</x:v>
+        <x:v>557348</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -14197,51 +14193,51 @@
       <x:c r="K213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>613295</x:v>
+        <x:v>557349</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
@@ -14254,444 +14250,444 @@
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>613296</x:v>
+        <x:v>613298</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>557348</x:v>
+        <x:v>616379</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>557349</x:v>
+        <x:v>613289</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>613298</x:v>
+        <x:v>613293</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>613293</x:v>
+        <x:v>613299</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>613299</x:v>
+        <x:v>557344</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>616379</x:v>
+        <x:v>613295</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="U220" s="16" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>613289</x:v>
+        <x:v>613296</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U221" s="4" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14977,51 +14973,51 @@
       <x:c r="L227" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>613300</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -15037,102 +15033,102 @@
       <x:c r="M228" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>557347</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>613294</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -15145,54 +15141,54 @@
       <x:c r="L230" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>613291</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -15202,51 +15198,51 @@
       <x:c r="M231" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>613292</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
@@ -15608,806 +15604,813 @@
       <x:c r="L238" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>605541</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>547870</x:v>
+        <x:v>581152</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>602926</x:v>
+        <x:v>604387</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>602928</x:v>
+        <x:v>548995</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>338</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>601319</x:v>
+        <x:v>547870</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>338</x:v>
-[...2 lines deleted...]
-        <x:v>339</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>601320</x:v>
+        <x:v>602926</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>548991</x:v>
+        <x:v>602928</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>548993</x:v>
+        <x:v>601319</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>581152</x:v>
+        <x:v>601320</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>604387</x:v>
+        <x:v>548991</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>548995</x:v>
+        <x:v>548993</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
+      <x:c r="E249" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F249" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>613309</x:v>
+        <x:v>583953</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>567432</x:v>
+        <x:v>543711</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>598122</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -16417,654 +16420,648 @@
       <x:c r="L252" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>613310</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>557324</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>611506</x:v>
+        <x:v>613303</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>613311</x:v>
+        <x:v>613304</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>613303</x:v>
+        <x:v>613306</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>613304</x:v>
+        <x:v>557333</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>613306</x:v>
+        <x:v>531716</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>543711</x:v>
+        <x:v>611506</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>557333</x:v>
+        <x:v>613311</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
-      <x:c r="E261" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>583953</x:v>
+        <x:v>613309</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>531716</x:v>
+        <x:v>567432</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>617543</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
@@ -17146,51 +17143,51 @@
       <x:c r="M265" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>557330</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -17200,105 +17197,105 @@
       <x:c r="L266" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>557336</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>613313</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -17314,51 +17311,51 @@
       <x:c r="M268" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>557323</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -17368,51 +17365,51 @@
       <x:c r="M269" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>557327</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -17425,102 +17422,102 @@
       <x:c r="M270" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>557334</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>557335</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -17533,51 +17530,51 @@
       <x:c r="L272" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>613305</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -17587,54 +17584,54 @@
       <x:c r="L273" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>613307</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -17644,51 +17641,51 @@
       <x:c r="L274" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>613308</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -17698,51 +17695,51 @@
       <x:c r="L275" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>613312</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -17755,51 +17752,51 @@
       <x:c r="L276" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>613314</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -17809,1630 +17806,1632 @@
       <x:c r="L277" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>557331</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>497657</x:v>
+        <x:v>535151</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="S279" s="0" t="n">
+        <x:v>557591</x:v>
+      </x:c>
+      <x:c r="T279" s="4" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="U279" s="4" t="s">
         <x:v>369</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>557591</x:v>
+        <x:v>548966</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H281" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>548966</x:v>
+        <x:v>511113</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>511113</x:v>
+        <x:v>612074</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="H283" s="0" t="s">
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>612074</x:v>
+        <x:v>601321</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>338</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>601321</x:v>
+        <x:v>548968</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>548968</x:v>
+        <x:v>499831</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="H286" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H286" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I286" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>499831</x:v>
+        <x:v>617512</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>617512</x:v>
+        <x:v>581154</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>338</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>581154</x:v>
+        <x:v>602938</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>602938</x:v>
+        <x:v>602939</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>602939</x:v>
+        <x:v>547808</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>547808</x:v>
+        <x:v>602267</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>602267</x:v>
+        <x:v>564092</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>556665</x:v>
+        <x:v>499832</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>616733</x:v>
+        <x:v>602993</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>499834</x:v>
+        <x:v>605542</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>602936</x:v>
+        <x:v>548969</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>602993</x:v>
+        <x:v>548970</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>499832</x:v>
+        <x:v>497657</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>564092</x:v>
+        <x:v>558361</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>602937</x:v>
+        <x:v>499834</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>605542</x:v>
+        <x:v>602936</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>548969</x:v>
+        <x:v>556665</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>548970</x:v>
+        <x:v>602937</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>558361</x:v>
+        <x:v>616733</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>