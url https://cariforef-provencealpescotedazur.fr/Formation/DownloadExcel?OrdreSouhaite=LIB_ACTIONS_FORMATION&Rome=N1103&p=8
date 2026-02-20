--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -257,140 +257,140 @@
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro logistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Henri Leroy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-SAINT-LOUIS-DU-RHONE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aftral</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
-    <x:t>13016</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Aftral - Antenne Le Broc - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>06510</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Montagnette</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13570</x:t>
   </x:si>
   <x:si>
     <x:t>BARBENTANE</x:t>
   </x:si>
   <x:si>
+    <x:t>08/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Gustave Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Châteaurenard</x:t>
   </x:si>
   <x:si>
     <x:t>13160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAURENARD</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/30/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro métiers de la logistique</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Galliéni Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
@@ -401,74 +401,74 @@
   <x:si>
     <x:t>LP G Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13682</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-André (les Routiers)</x:t>
   </x:si>
   <x:si>
     <x:t>LPO H Leroy</x:t>
   </x:si>
   <x:si>
+    <x:t>LP A Dumas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAVAILLON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Caucadis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP la Floride</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
-    <x:t>LP A Dumas</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Bac pro métiers de la logistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP opérateur/opératrice logistique</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Expédition</x:t>
   </x:si>
   <x:si>
     <x:t>CAP opérateur/opératrice logistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller de vente pièces de rechange et accessoires (Apprentissage)</x:t>
@@ -779,77 +779,77 @@
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFAPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>INFREP</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel employé commercial - commerce éco-responsable</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel employé commercial - Compétences climat gestion des déchets</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
@@ -1007,98 +1007,98 @@
   <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>France Langues Communication - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>FLC FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>06160</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ladapt</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>Ladapt - Antenne Toulon - CFA Spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Neven Education</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cfa Perspective - Isim</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cfa Perspective - Isim</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel préparateur de commandes en entrepôt</x:t>
   </x:si>
   <x:si>
     <x:t>Promotrans Formation Professionnelle Continue - Antenne Rognac</x:t>
   </x:si>
   <x:si>
     <x:t>PROMOTRANS FPC</x:t>
   </x:si>
   <x:si>
     <x:t>13340</x:t>
   </x:si>
   <x:si>
     <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre du Service Militaire Volontaire Sud-Est</x:t>
@@ -1118,63 +1118,63 @@
   <x:si>
     <x:t>Titre professionnel préparateur de commandes en entrepôt (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF</x:t>
   </x:si>
   <x:si>
     <x:t>SPS 13</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Six Fours les Plages</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Vitrolles</x:t>
   </x:si>
   <x:si>
     <x:t>Ferguss Académie</x:t>
   </x:si>
   <x:si>
     <x:t>69970</x:t>
   </x:si>
   <x:si>
     <x:t>Ferguss Académie - Antenne Miramas</x:t>
   </x:si>
   <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Nice</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel préparateur de commandes en entrepôt (session rattrapage)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel préparateur de commandes en entrepôt + Caces 3-5 R489</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
@@ -2075,299 +2075,299 @@
       <x:c r="T7" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="H8" s="14" t="s"/>
+      <x:c r="H8" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>548924</x:v>
+        <x:v>556852</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>556850</x:v>
+        <x:v>507274</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="H10" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
+      <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>507274</x:v>
+        <x:v>548924</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>556852</x:v>
+        <x:v>556850</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>499803</x:v>
       </x:c>
@@ -2383,616 +2383,614 @@
         <x:v>59</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>560171</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="H14" s="14" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>499799</x:v>
+        <x:v>498013</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>76</x:v>
-[...2 lines deleted...]
-        <x:v>77</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>545410</x:v>
+        <x:v>499799</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="Q16" s="16" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="R16" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="S16" s="14" t="n">
+        <x:v>545410</x:v>
+      </x:c>
+      <x:c r="T16" s="16" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>507273</x:v>
+        <x:v>556759</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>455446</x:v>
+        <x:v>507273</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>556851</x:v>
+        <x:v>455446</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>84</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>506628</x:v>
+        <x:v>556851</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>41</x:v>
-[...2 lines deleted...]
-        <x:v>42</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>495160</x:v>
+        <x:v>506628</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>498013</x:v>
+        <x:v>495160</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -3194,135 +3192,135 @@
       <x:c r="S26" s="14" t="n">
         <x:v>592323</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>592325</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>592328</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -3332,463 +3330,463 @@
       <x:c r="J29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592326</x:v>
+        <x:v>592330</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>592330</x:v>
+        <x:v>592324</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>592324</x:v>
+        <x:v>592326</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>609684</x:v>
+        <x:v>598844</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>598844</x:v>
+        <x:v>609684</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>602889</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>609687</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>609686</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -3828,78 +3826,78 @@
       <x:c r="T37" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>597118</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -3935,133 +3933,133 @@
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>597117</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="Q40" s="16" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="R40" s="14" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>597112</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>597114</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
@@ -4101,473 +4099,472 @@
       <x:c r="R42" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>597115</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>597113</x:v>
+        <x:v>597116</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>597116</x:v>
+        <x:v>597113</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>548948</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>602908</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>498014</x:v>
+        <x:v>545414</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="H48" s="14" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>499819</x:v>
+        <x:v>498014</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37672</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>76</x:v>
-[...2 lines deleted...]
-        <x:v>77</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>545414</x:v>
+        <x:v>499819</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>36221</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>549626</x:v>
       </x:c>
@@ -5667,302 +5664,302 @@
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>581540</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>579255</x:v>
+        <x:v>616125</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40181</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>616125</x:v>
+        <x:v>579255</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>35010</x:v>
+        <x:v>41353</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31754</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>549595</x:v>
+        <x:v>608794</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>41353</x:v>
+        <x:v>35010</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31754</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>608794</x:v>
+        <x:v>549595</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35010</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31754</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>549596</x:v>
       </x:c>
@@ -6339,167 +6336,167 @@
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>577351</x:v>
+        <x:v>577348</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>34860</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>577348</x:v>
+        <x:v>576737</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>34860</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>576737</x:v>
+        <x:v>577351</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38551</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
@@ -7266,157 +7263,159 @@
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>580592</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E98" s="14" t="s"/>
+      <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="R98" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="S98" s="14" t="n">
+        <x:v>551788</x:v>
+      </x:c>
+      <x:c r="T98" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="R98" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
+      <x:c r="E99" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F99" s="0" t="s">
+        <x:v>213</x:v>
+      </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="Q99" s="4" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R99" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="Q99" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>551788</x:v>
+        <x:v>583658</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="U99" s="4" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -7710,97 +7709,97 @@
       <x:c r="G105" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>585218</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>599333</x:v>
       </x:c>
@@ -7816,170 +7815,170 @@
         <x:v>59</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>502648</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>599914</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>608502</x:v>
       </x:c>
@@ -7996,51 +7995,51 @@
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>608503</x:v>
       </x:c>
@@ -8056,51 +8055,51 @@
         <x:v>59</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>547267</x:v>
       </x:c>
@@ -8115,51 +8114,51 @@
       <x:c r="A112" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>587436</x:v>
       </x:c>
@@ -8172,51 +8171,51 @@
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>601492</x:v>
       </x:c>
@@ -8231,111 +8230,111 @@
       <x:c r="A114" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>601531</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>548844</x:v>
       </x:c>
@@ -8350,51 +8349,51 @@
       <x:c r="A116" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>564252</x:v>
       </x:c>
@@ -8407,169 +8406,169 @@
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>564253</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>601970</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>602039</x:v>
       </x:c>
@@ -8584,108 +8583,108 @@
       <x:c r="A120" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>602619</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>599913</x:v>
       </x:c>
@@ -8700,51 +8699,51 @@
       <x:c r="A122" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>544978</x:v>
       </x:c>
@@ -8757,51 +8756,51 @@
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>611171</x:v>
       </x:c>
@@ -8818,51 +8817,51 @@
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>603093</x:v>
       </x:c>
@@ -8875,51 +8874,51 @@
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>600052</x:v>
       </x:c>
@@ -8934,1143 +8933,1142 @@
       <x:c r="A126" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>609205</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>546934</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>288</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>548843</x:v>
+        <x:v>546279</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>306</x:v>
-[...2 lines deleted...]
-        <x:v>307</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>548903</x:v>
+        <x:v>552330</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>312</x:v>
-[...1 lines deleted...]
-      <x:c r="H130" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>549672</x:v>
+        <x:v>548843</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>600051</x:v>
+        <x:v>548903</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>548178</x:v>
+        <x:v>549672</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>546279</x:v>
+        <x:v>600051</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>552330</x:v>
+        <x:v>548178</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>242</x:v>
-[...2 lines deleted...]
-        <x:v>243</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>601971</x:v>
+        <x:v>602025</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>555924</x:v>
+        <x:v>502649</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>555926</x:v>
+        <x:v>555924</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>323</x:v>
-[...1 lines deleted...]
-      <x:c r="H138" s="14" t="s"/>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>602025</x:v>
+        <x:v>555926</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>552017</x:v>
+        <x:v>552329</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>552329</x:v>
+        <x:v>605451</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>605451</x:v>
+        <x:v>607503</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>327</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>237</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>607503</x:v>
+        <x:v>601971</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>605450</x:v>
+        <x:v>552017</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>265</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>502649</x:v>
+        <x:v>605450</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -10139,51 +10137,51 @@
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>601276</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>34860</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -10221,57 +10219,57 @@
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>581151</x:v>
       </x:c>
@@ -10281,739 +10279,740 @@
       <x:c r="U148" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>601316</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>609436</x:v>
+        <x:v>609435</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="U150" s="16" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>601315</x:v>
+        <x:v>601317</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>601318</x:v>
+        <x:v>581148</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>581149</x:v>
+        <x:v>581150</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>342</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>601317</x:v>
+        <x:v>609436</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="H155" s="0" t="s">
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>609435</x:v>
+        <x:v>601315</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>581148</x:v>
+        <x:v>601318</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>581150</x:v>
+        <x:v>581149</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>601578</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>579893</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40498</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="G160" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31743</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>579892</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>