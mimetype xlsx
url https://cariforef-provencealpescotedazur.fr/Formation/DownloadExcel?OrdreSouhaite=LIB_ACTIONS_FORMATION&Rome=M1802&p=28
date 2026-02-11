--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -518,140 +518,140 @@
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac techno sciences et technologies de l'industrie et du développement durable systèmes d'information et numérique</x:t>
   </x:si>
   <x:si>
+    <x:t>LPO Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement durable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Camus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée T Edison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LORGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>13741</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>LPO Don Bosco</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>LPO Saint-Éloi</x:t>
   </x:si>
   <x:si>
     <x:t>13626</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Louis - Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13180</x:t>
   </x:si>
   <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
@@ -815,110 +815,110 @@
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Rempart-Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Apollinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LPO modèle électronique</x:t>
   </x:si>
   <x:si>
     <x:t>13396</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 11</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>13326</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>bachelor cybersécurité (Ynov)</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor en sciences et ingénierie - cybersécurité</x:t>
@@ -1148,74 +1148,74 @@
   <x:si>
     <x:t>LP Ecole libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
+    <x:t>Ogec des Métiers</x:t>
+  </x:si>
+  <x:si>
     <x:t>AEP Saint Eloi</x:t>
   </x:si>
   <x:si>
-    <x:t>Ogec des Métiers</x:t>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet logiciel et réseau</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi plus de 26 ans</x:t>
@@ -2300,62 +2300,62 @@
   <x:si>
     <x:t>07/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention IA - Intelligence Artificielle / AI - Artificial Intelligence</x:t>
   </x:si>
   <x:si>
     <x:t>Fanfani</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie informatique parcours intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie informatique spécialisation cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/18/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Manager en ingénierie informatique spécialisation cybersécurité industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie informatique spécialisation développement sécurisé par applications (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit du numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Règlement général protection données</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit du numérique parcours droit des communications électroniques</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
@@ -2579,75 +2579,75 @@
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>M2i Scribtel - Scribtel Formation - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOUGINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Général et Technologique Louis Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>M2i Scribtel - Scribtel Formation - Antenne Mougins</x:t>
-[...11 lines deleted...]
-    <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
+    <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>La Cordeille Formation - Externat Saint Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
@@ -5306,51 +5306,51 @@
       <x:c r="K38" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>594661</x:v>
+        <x:v>594679</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>151</x:v>
@@ -5358,51 +5358,51 @@
       <x:c r="K39" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>594664</x:v>
+        <x:v>594693</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>159</x:v>
@@ -5413,51 +5413,51 @@
       <x:c r="K40" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>594682</x:v>
+        <x:v>594695</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>151</x:v>
@@ -5465,51 +5465,51 @@
       <x:c r="K41" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>594685</x:v>
+        <x:v>594672</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>165</x:v>
@@ -5520,51 +5520,51 @@
       <x:c r="K42" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>594679</x:v>
+        <x:v>594675</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>151</x:v>
@@ -5572,51 +5572,51 @@
       <x:c r="K43" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>594693</x:v>
+        <x:v>594661</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>171</x:v>
@@ -5627,51 +5627,51 @@
       <x:c r="K44" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>594695</x:v>
+        <x:v>594664</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>151</x:v>
@@ -5679,51 +5679,51 @@
       <x:c r="K45" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>594672</x:v>
+        <x:v>594682</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>177</x:v>
@@ -5734,100 +5734,100 @@
       <x:c r="K46" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>594675</x:v>
+        <x:v>594685</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>594676</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -7018,265 +7018,265 @@
       <x:c r="K70" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>594692</x:v>
+        <x:v>594671</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>594688</x:v>
+        <x:v>594674</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>594691</x:v>
+        <x:v>594692</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>594696</x:v>
+        <x:v>594688</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="Q74" s="16" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>594697</x:v>
+        <x:v>594691</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>151</x:v>
@@ -7284,106 +7284,106 @@
       <x:c r="K75" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>594671</x:v>
+        <x:v>594696</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="Q76" s="16" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>594674</x:v>
+        <x:v>594697</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>120</x:v>
@@ -7632,125 +7632,125 @@
         <x:v>523223</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>520242</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>517112</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s">
         <x:v>297</x:v>
@@ -7879,51 +7879,51 @@
       <x:c r="J86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>596783</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -7936,51 +7936,51 @@
       <x:c r="J87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>575981</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
@@ -8474,57 +8474,57 @@
       <x:c r="K96" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>554881</x:v>
+        <x:v>453843</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -8534,57 +8534,57 @@
       <x:c r="K97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>453843</x:v>
+        <x:v>554881</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -9483,78 +9483,78 @@
       <x:c r="T113" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>596941</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
@@ -9678,305 +9678,305 @@
       <x:c r="I117" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>571049</x:v>
+        <x:v>609471</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>609471</x:v>
+        <x:v>556789</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>556789</x:v>
+        <x:v>571049</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>609468</x:v>
+        <x:v>608109</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>608109</x:v>
+        <x:v>609468</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
@@ -10009,84 +10009,84 @@
       <x:c r="S122" s="14" t="n">
         <x:v>604383</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="H123" s="0" t="s">
+      <x:c r="I123" s="4" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="R123" s="0" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>558640</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -10305,380 +10305,380 @@
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>546302</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>600354</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>546298</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>600355</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>546300</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>546303</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10891,51 +10891,51 @@
         <x:v>397</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>594657</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>399</x:v>
@@ -11066,80 +11066,80 @@
       <x:c r="R141" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>592953</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>592950</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>241</x:v>
@@ -11372,80 +11372,80 @@
       <x:c r="R147" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>592910</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>592908</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>229</x:v>
@@ -11525,131 +11525,131 @@
         <x:v>243</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>592909</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>592937</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>592936</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>208</x:v>
@@ -12137,51 +12137,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>613203</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>409</x:v>
@@ -12296,51 +12296,51 @@
       <x:c r="I165" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>613184</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -12565,51 +12565,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>602404</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>409</x:v>
@@ -12672,51 +12672,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>602431</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>409</x:v>
@@ -13100,51 +13100,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>613202</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>409</x:v>
@@ -13207,106 +13207,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>613170</x:v>
+        <x:v>613173</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>613173</x:v>
+        <x:v>613177</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -13317,103 +13317,103 @@
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>613177</x:v>
+        <x:v>602398</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>602398</x:v>
+        <x:v>602401</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -13421,106 +13421,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>602401</x:v>
+        <x:v>602413</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>602413</x:v>
+        <x:v>602414</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -13528,112 +13528,112 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>602414</x:v>
+        <x:v>602430</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>602430</x:v>
+        <x:v>613170</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
@@ -14170,320 +14170,320 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>613169</x:v>
+        <x:v>613192</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>613192</x:v>
+        <x:v>602397</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>613168</x:v>
+        <x:v>602400</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>613199</x:v>
+        <x:v>602410</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>613201</x:v>
+        <x:v>602417</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>602393</x:v>
+        <x:v>602421</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -14491,106 +14491,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>602399</x:v>
+        <x:v>602427</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>602405</x:v>
+        <x:v>602429</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -14598,320 +14598,320 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>602415</x:v>
+        <x:v>613168</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>602416</x:v>
+        <x:v>613171</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>602432</x:v>
+        <x:v>613187</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>602397</x:v>
+        <x:v>613199</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>602400</x:v>
+        <x:v>613201</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>602410</x:v>
+        <x:v>602393</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -14919,106 +14919,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>602417</x:v>
+        <x:v>602399</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>602421</x:v>
+        <x:v>602405</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -15026,106 +15026,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>602427</x:v>
+        <x:v>602415</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>602429</x:v>
+        <x:v>602416</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -15133,106 +15133,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>613171</x:v>
+        <x:v>602432</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>613187</x:v>
+        <x:v>613169</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36490</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>40</x:v>
@@ -15506,353 +15506,352 @@
         <x:v>442</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>602339</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>576524</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>576520</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>576521</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>576522</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>362</x:v>
-[...2 lines deleted...]
-        <x:v>363</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>517234</x:v>
+        <x:v>551783</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>367</x:v>
-[...1 lines deleted...]
-      <x:c r="H230" s="14" t="s"/>
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s">
+        <x:v>362</x:v>
+      </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>551783</x:v>
+        <x:v>517234</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15879,84 +15878,84 @@
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>588537</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="H232" s="14" t="s">
+      <x:c r="I232" s="16" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>608352</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>68</x:v>
@@ -16014,100 +16013,100 @@
         <x:v>457</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>542271</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>611739</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
@@ -16116,100 +16115,100 @@
         <x:v>461</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>611741</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>611746</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
@@ -18759,51 +18758,51 @@
       <x:c r="J283" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>601772</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -18815,105 +18814,105 @@
       <x:c r="I284" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>554510</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>598490</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
@@ -18926,51 +18925,51 @@
       <x:c r="I286" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>589941</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
@@ -18980,51 +18979,51 @@
       <x:c r="I287" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>589942</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
@@ -19037,51 +19036,51 @@
       <x:c r="I288" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>598491</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
@@ -19094,51 +19093,51 @@
       <x:c r="I289" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>614355</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
@@ -19153,51 +19152,51 @@
       <x:c r="I290" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>588341</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
@@ -19561,173 +19560,173 @@
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>610847</x:v>
+        <x:v>578624</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>578624</x:v>
+        <x:v>578627</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>578627</x:v>
+        <x:v>610847</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
@@ -21736,54 +21735,54 @@
       <x:c r="I335" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>613453</x:v>
+        <x:v>613429</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -21791,213 +21790,213 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>613458</x:v>
+        <x:v>613433</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>603819</x:v>
+        <x:v>613446</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I338" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>603825</x:v>
+        <x:v>603819</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>603832</x:v>
+        <x:v>603825</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22005,106 +22004,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>603841</x:v>
+        <x:v>603832</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>603858</x:v>
+        <x:v>603841</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22112,106 +22111,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>613429</x:v>
+        <x:v>603858</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>613433</x:v>
+        <x:v>613453</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22219,106 +22218,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>613446</x:v>
+        <x:v>613458</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>603849</x:v>
+        <x:v>603810</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22326,106 +22325,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>613432</x:v>
+        <x:v>603849</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>613442</x:v>
+        <x:v>613432</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22433,106 +22432,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>613445</x:v>
+        <x:v>613442</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>613456</x:v>
+        <x:v>613445</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22540,106 +22539,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>613457</x:v>
+        <x:v>613456</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>613451</x:v>
+        <x:v>613457</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22647,106 +22646,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>603821</x:v>
+        <x:v>613451</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>603830</x:v>
+        <x:v>603821</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22754,106 +22753,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>613435</x:v>
+        <x:v>603830</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>613438</x:v>
+        <x:v>613435</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -22861,106 +22860,106 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>603867</x:v>
+        <x:v>613438</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>603810</x:v>
+        <x:v>603867</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -23075,51 +23074,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>603831</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>409</x:v>
@@ -24145,51 +24144,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>603862</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>409</x:v>
@@ -24625,51 +24624,51 @@
       <x:c r="I389" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>603864</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -24680,51 +24679,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>613441</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>409</x:v>
@@ -25053,51 +25052,51 @@
       <x:c r="I397" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>613459</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -25108,51 +25107,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>603835</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>409</x:v>
@@ -26472,238 +26471,238 @@
       <x:c r="K422" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>451268</x:v>
+        <x:v>550303</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>634</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>550303</x:v>
+        <x:v>501083</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>501083</x:v>
+        <x:v>501082</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>501082</x:v>
+        <x:v>550304</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>620</x:v>
@@ -26714,57 +26713,57 @@
       <x:c r="K426" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>550304</x:v>
+        <x:v>451269</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>26</x:v>
@@ -26818,60 +26817,60 @@
       <x:c r="H428" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>451269</x:v>
+        <x:v>451268</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38656</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
@@ -27922,364 +27921,364 @@
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>600423</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>38105</x:v>
+        <x:v>38117</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>660</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>660</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>557850</x:v>
+        <x:v>600422</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
-        <x:v>38117</x:v>
+        <x:v>38105</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>600422</x:v>
+        <x:v>557850</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I450" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>602360</x:v>
+        <x:v>613125</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>602362</x:v>
+        <x:v>613130</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I452" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>602380</x:v>
+        <x:v>613143</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>602381</x:v>
+        <x:v>602360</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -28287,320 +28286,320 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>602383</x:v>
+        <x:v>602362</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>613131</x:v>
+        <x:v>602380</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I456" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>613136</x:v>
+        <x:v>602381</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>613148</x:v>
+        <x:v>602383</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I458" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>613125</x:v>
+        <x:v>613131</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>613130</x:v>
+        <x:v>613136</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -28608,326 +28607,326 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>613143</x:v>
+        <x:v>613148</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>613127</x:v>
+        <x:v>602370</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>613132</x:v>
+        <x:v>602373</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>613135</x:v>
+        <x:v>602366</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>613145</x:v>
+        <x:v>602354</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>613146</x:v>
+        <x:v>602357</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I466" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>25</x:v>
@@ -28981,274 +28980,274 @@
       <x:c r="I467" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>602354</x:v>
+        <x:v>613127</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I468" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>602357</x:v>
+        <x:v>613132</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>602370</x:v>
+        <x:v>613135</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>602373</x:v>
+        <x:v>613145</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>602366</x:v>
+        <x:v>613146</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
         <x:v>25</x:v>
@@ -29571,51 +29570,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>613133</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>409</x:v>
@@ -29837,51 +29836,51 @@
       <x:c r="I483" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>613151</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -30372,51 +30371,51 @@
       <x:c r="I493" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>602384</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -30641,51 +30640,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>613150</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>409</x:v>
@@ -31069,51 +31068,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s"/>
       <x:c r="K506" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>602369</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C507" s="3" t="s"/>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>409</x:v>
@@ -31176,213 +31175,213 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>602365</x:v>
+        <x:v>613128</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>602371</x:v>
+        <x:v>613129</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C510" s="15" t="s"/>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s"/>
       <x:c r="K510" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>602378</x:v>
+        <x:v>613134</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C511" s="3" t="s"/>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>613128</x:v>
+        <x:v>613144</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -31390,167 +31389,167 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>613129</x:v>
+        <x:v>602365</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>613134</x:v>
+        <x:v>602371</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I514" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>613144</x:v>
+        <x:v>602378</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>27</x:v>
@@ -31574,76 +31573,76 @@
         <x:v>601329</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C516" s="15" t="s"/>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s"/>
       <x:c r="K516" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>577818</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -31872,51 +31871,51 @@
       <x:c r="I521" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>592351</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
@@ -32394,51 +32393,51 @@
       <x:c r="J530" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>574913</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -32504,114 +32503,114 @@
       <x:c r="I532" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>580913</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>40102</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="E533" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="H533" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="H533" s="0" t="s">
+      <x:c r="I533" s="4" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="R533" s="0" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>614634</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>40288</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
@@ -33353,78 +33352,78 @@
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>34408</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -34073,51 +34072,51 @@
       <x:c r="I560" s="16" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>549374</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
@@ -34133,108 +34132,108 @@
       <x:c r="I561" s="4" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>504740</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>578115</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
@@ -34250,51 +34249,51 @@
       <x:c r="I563" s="4" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>549375</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
@@ -34311,51 +34310,51 @@
       <x:c r="I564" s="16" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>504739</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
@@ -34498,51 +34497,51 @@
       <x:c r="K567" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>446095</x:v>
+        <x:v>510433</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>437</x:v>
@@ -34559,51 +34558,51 @@
       <x:c r="K568" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>510433</x:v>
+        <x:v>446095</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
@@ -34622,54 +34621,54 @@
       <x:c r="L569" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>510493</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I570" s="16" t="s">
         <x:v>439</x:v>
@@ -34804,54 +34803,54 @@
       <x:c r="L572" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>510429</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>745</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>746</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -35385,246 +35384,246 @@
       <x:c r="R582" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>615854</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>592079</x:v>
+        <x:v>592083</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
-        <x:v>592080</x:v>
+        <x:v>592079</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
-        <x:v>592083</x:v>
+        <x:v>592080</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>592082</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
@@ -36942,54 +36941,54 @@
       <x:c r="I610" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K610" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
         <x:v>591932</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="G611" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -37174,51 +37173,51 @@
       <x:c r="J614" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>575008</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="C615" s="3" t="s"/>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="G615" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>374</x:v>
@@ -37251,76 +37250,76 @@
         <x:v>596819</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="C616" s="15" t="s"/>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s"/>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s"/>
       <x:c r="K616" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
         <x:v>594243</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="C617" s="3" t="s"/>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="G617" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>342</x:v>
@@ -37382,51 +37381,51 @@
       <x:c r="J618" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>571008</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="C619" s="3" t="s"/>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
         <x:v>341</x:v>
@@ -37437,51 +37436,51 @@
       <x:c r="J619" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>615187</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C620" s="15" t="s"/>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
@@ -37641,51 +37640,51 @@
       <x:c r="I623" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>24293</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>542410</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="C624" s="15" t="s"/>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -37873,76 +37872,76 @@
         <x:v>586559</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="C628" s="15" t="s"/>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s"/>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s"/>
       <x:c r="K628" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
         <x:v>578375</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C629" s="3" t="s"/>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>108</x:v>
@@ -38178,51 +38177,51 @@
       <x:c r="L633" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>543577</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -38460,99 +38459,99 @@
       <x:c r="L638" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
         <x:v>543571</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>745</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="G639" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
         <x:v>601759</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
@@ -38562,51 +38561,51 @@
       <x:c r="I640" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
         <x:v>599724</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
         <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
@@ -38619,561 +38618,561 @@
       <x:c r="J641" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>573843</x:v>
+        <x:v>573182</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>573182</x:v>
+        <x:v>573843</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>824</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>573280</x:v>
+        <x:v>581511</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s"/>
       <x:c r="I644" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
-        <x:v>581511</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
-        <x:v>808</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
-        <x:v>545464</x:v>
+        <x:v>545465</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>545465</x:v>
+        <x:v>573280</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
-        <x:v>827</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>599725</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
-        <x:v>805</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K648" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
-        <x:v>573846</x:v>
+        <x:v>571770</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
-        <x:v>824</x:v>
+        <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>571770</x:v>
+        <x:v>544705</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K650" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
-        <x:v>544705</x:v>
+        <x:v>573846</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>826</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="G651" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -39458,54 +39457,54 @@
       <x:c r="I656" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>500792</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="E657" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -39604,265 +39603,265 @@
       <x:c r="S658" s="14" t="n">
         <x:v>607732</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="E659" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
-        <x:v>558745</x:v>
+        <x:v>555057</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
-        <x:v>837</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="Q660" s="16" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="R660" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
-      <x:c r="Q660" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S660" s="14" t="n">
-        <x:v>555057</x:v>
+        <x:v>555058</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
-        <x:v>555058</x:v>
+        <x:v>549513</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
-        <x:v>841</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H662" s="14" t="s"/>
       <x:c r="I662" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J662" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K662" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L662" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M662" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N662" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O662" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P662" s="14" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="Q662" s="16" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R662" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="S662" s="14" t="n">
+        <x:v>558745</x:v>
+      </x:c>
+      <x:c r="T662" s="16" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="U662" s="16" t="s">
         <x:v>842</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="E663" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -39894,330 +39893,330 @@
         <x:v>598916</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H664" s="14" t="s">
-        <x:v>811</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="I664" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K664" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
-        <x:v>614700</x:v>
+        <x:v>549377</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
-        <x:v>664</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="E665" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="H665" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
-        <x:v>611092</x:v>
+        <x:v>614700</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C666" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
-        <x:v>729</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
-        <x:v>731</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K666" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
-        <x:v>549377</x:v>
+        <x:v>549514</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="E667" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
-        <x:v>549514</x:v>
+        <x:v>553577</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
-        <x:v>107</x:v>
-[...1 lines deleted...]
-      <x:c r="H668" s="14" t="s"/>
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="H668" s="14" t="s">
+        <x:v>811</x:v>
+      </x:c>
       <x:c r="I668" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
-        <x:v>553577</x:v>
+        <x:v>611092</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
-        <x:v>844</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
-        <x:v>702</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="E669" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
@@ -40256,78 +40255,78 @@
       </x:c>
       <x:c r="U669" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K670" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
         <x:v>605529</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="E671" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -40462,104 +40461,104 @@
       <x:c r="L673" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>498751</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K674" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>552931</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="E675" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -40628,179 +40627,179 @@
       <x:c r="I676" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K676" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
-        <x:v>839</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>607731</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="E677" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
-        <x:v>549019</x:v>
+        <x:v>549515</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C678" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
-        <x:v>841</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s"/>
       <x:c r="I678" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J678" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K678" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
-        <x:v>852</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
-        <x:v>839</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
-        <x:v>840</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
-        <x:v>549515</x:v>
+        <x:v>549019</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -41798,51 +41797,51 @@
       <x:c r="I697" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
         <x:v>603701</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C698" s="15" t="s"/>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s"/>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
@@ -42104,51 +42103,51 @@
       <x:c r="I703" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
         <x:v>612690</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C704" s="15" t="s"/>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
@@ -42920,51 +42919,51 @@
       <x:c r="I719" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>603697</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C720" s="15" t="s"/>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
@@ -43124,51 +43123,51 @@
       <x:c r="I723" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
         <x:v>612707</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C724" s="15" t="s"/>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
@@ -43838,51 +43837,51 @@
       <x:c r="I737" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K737" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L737" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M737" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N737" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O737" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P737" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q737" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R737" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S737" s="0" t="n">
         <x:v>603718</x:v>
       </x:c>
       <x:c r="T737" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U737" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:21">
       <x:c r="A738" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B738" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C738" s="15" t="s"/>
       <x:c r="D738" s="15" t="s"/>
       <x:c r="E738" s="14" t="s"/>
       <x:c r="F738" s="14" t="s"/>
       <x:c r="G738" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
@@ -44095,51 +44094,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J742" s="14" t="s"/>
       <x:c r="K742" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L742" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M742" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N742" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O742" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P742" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q742" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R742" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S742" s="14" t="n">
         <x:v>612706</x:v>
       </x:c>
       <x:c r="T742" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U742" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:21">
       <x:c r="A743" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C743" s="3" t="s"/>
       <x:c r="D743" s="3" t="s"/>
       <x:c r="G743" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I743" s="4" t="s">
         <x:v>410</x:v>
@@ -44503,51 +44502,51 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="J750" s="14" t="s"/>
       <x:c r="K750" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L750" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M750" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N750" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O750" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P750" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q750" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R750" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S750" s="14" t="n">
         <x:v>612687</x:v>
       </x:c>
       <x:c r="T750" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U750" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:21">
       <x:c r="A751" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C751" s="3" t="s"/>
       <x:c r="D751" s="3" t="s"/>
       <x:c r="G751" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I751" s="4" t="s">
         <x:v>410</x:v>
@@ -44654,570 +44653,570 @@
       <x:c r="I753" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K753" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L753" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M753" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N753" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O753" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P753" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q753" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R753" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S753" s="0" t="n">
-        <x:v>612700</x:v>
+        <x:v>612693</x:v>
       </x:c>
       <x:c r="T753" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U753" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:21">
       <x:c r="A754" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B754" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C754" s="15" t="s"/>
       <x:c r="D754" s="15" t="s"/>
       <x:c r="E754" s="14" t="s"/>
       <x:c r="F754" s="14" t="s"/>
       <x:c r="G754" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="H754" s="14" t="s"/>
       <x:c r="I754" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J754" s="14" t="s"/>
       <x:c r="K754" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L754" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M754" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N754" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O754" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P754" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
-        <x:v>612705</x:v>
+        <x:v>612699</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C755" s="3" t="s"/>
       <x:c r="D755" s="3" t="s"/>
       <x:c r="G755" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I755" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K755" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L755" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M755" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N755" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O755" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P755" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q755" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R755" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S755" s="0" t="n">
-        <x:v>612622</x:v>
+        <x:v>612704</x:v>
       </x:c>
       <x:c r="T755" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U755" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:21">
       <x:c r="A756" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B756" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C756" s="15" t="s"/>
       <x:c r="D756" s="15" t="s"/>
       <x:c r="E756" s="14" t="s"/>
       <x:c r="F756" s="14" t="s"/>
       <x:c r="G756" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="H756" s="14" t="s"/>
       <x:c r="I756" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J756" s="14" t="s"/>
       <x:c r="K756" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L756" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M756" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N756" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O756" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P756" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q756" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R756" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="S756" s="14" t="n">
-        <x:v>612627</x:v>
+        <x:v>612623</x:v>
       </x:c>
       <x:c r="T756" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U756" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:21">
       <x:c r="A757" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C757" s="3" t="s"/>
       <x:c r="D757" s="3" t="s"/>
       <x:c r="G757" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I757" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L757" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M757" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N757" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O757" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P757" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q757" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R757" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S757" s="0" t="n">
-        <x:v>603716</x:v>
+        <x:v>612700</x:v>
       </x:c>
       <x:c r="T757" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U757" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:21">
       <x:c r="A758" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B758" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C758" s="15" t="s"/>
       <x:c r="D758" s="15" t="s"/>
       <x:c r="E758" s="14" t="s"/>
       <x:c r="F758" s="14" t="s"/>
       <x:c r="G758" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="H758" s="14" t="s"/>
       <x:c r="I758" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J758" s="14" t="s"/>
       <x:c r="K758" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L758" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M758" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N758" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O758" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P758" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q758" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R758" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S758" s="14" t="n">
-        <x:v>603717</x:v>
+        <x:v>612705</x:v>
       </x:c>
       <x:c r="T758" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U758" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:21">
       <x:c r="A759" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C759" s="3" t="s"/>
       <x:c r="D759" s="3" t="s"/>
       <x:c r="G759" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I759" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K759" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L759" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M759" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N759" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O759" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P759" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q759" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R759" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S759" s="0" t="n">
-        <x:v>603719</x:v>
+        <x:v>612622</x:v>
       </x:c>
       <x:c r="T759" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U759" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:21">
       <x:c r="A760" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B760" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C760" s="15" t="s"/>
       <x:c r="D760" s="15" t="s"/>
       <x:c r="E760" s="14" t="s"/>
       <x:c r="F760" s="14" t="s"/>
       <x:c r="G760" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="H760" s="14" t="s"/>
       <x:c r="I760" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J760" s="14" t="s"/>
       <x:c r="K760" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L760" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M760" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N760" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O760" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P760" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q760" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R760" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S760" s="14" t="n">
-        <x:v>612693</x:v>
+        <x:v>612627</x:v>
       </x:c>
       <x:c r="T760" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U760" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:21">
       <x:c r="A761" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C761" s="3" t="s"/>
       <x:c r="D761" s="3" t="s"/>
       <x:c r="G761" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I761" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K761" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L761" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M761" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N761" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O761" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P761" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q761" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R761" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S761" s="0" t="n">
-        <x:v>612699</x:v>
+        <x:v>603716</x:v>
       </x:c>
       <x:c r="T761" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U761" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:21">
       <x:c r="A762" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B762" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C762" s="15" t="s"/>
       <x:c r="D762" s="15" t="s"/>
       <x:c r="E762" s="14" t="s"/>
       <x:c r="F762" s="14" t="s"/>
       <x:c r="G762" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="H762" s="14" t="s"/>
       <x:c r="I762" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J762" s="14" t="s"/>
       <x:c r="K762" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L762" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M762" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N762" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O762" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P762" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q762" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R762" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S762" s="14" t="n">
-        <x:v>612704</x:v>
+        <x:v>603717</x:v>
       </x:c>
       <x:c r="T762" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U762" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:21">
       <x:c r="A763" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C763" s="3" t="s"/>
       <x:c r="D763" s="3" t="s"/>
       <x:c r="G763" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I763" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K763" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L763" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M763" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N763" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O763" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P763" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="Q763" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R763" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S763" s="0" t="n">
-        <x:v>612623</x:v>
+        <x:v>603719</x:v>
       </x:c>
       <x:c r="T763" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U763" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:21">
       <x:c r="A764" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B764" s="14" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="C764" s="15" t="s"/>
       <x:c r="D764" s="15" t="s"/>
       <x:c r="E764" s="14" t="s"/>
       <x:c r="F764" s="14" t="s"/>
       <x:c r="G764" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H764" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I764" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="J764" s="14" t="s"/>
       <x:c r="K764" s="14" t="s">
         <x:v>25</x:v>