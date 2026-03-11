--- v0 (2026-03-11)
+++ v1 (2026-03-11)
@@ -272,80 +272,80 @@
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option théâtre</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée F Mistral</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Littérature</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Général Carnot</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>Cours professionnel - pédagogie Jacques Lecoq - module 6</x:t>
   </x:si>
   <x:si>
     <x:t>Tout bouge, Mouvement et Création</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/05/2026 00:00:00</x:t>
@@ -449,57 +449,57 @@
   <x:si>
     <x:t>Marionnette</x:t>
   </x:si>
   <x:si>
     <x:t>formation de comédien (école privée d'art dramatique)</x:t>
   </x:si>
   <x:si>
     <x:t>École internationale de théâtre Jacques Lecoq</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole internationale de théâtre Jacques Lecoq</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation supérieure d'art en espace public</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation au voyage de l'école</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Jeune 16-25 ans , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation aux effets spéciaux : eau, air, feu</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
@@ -1597,100 +1597,100 @@
       <x:c r="K8" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>593240</x:v>
+        <x:v>593239</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>593239</x:v>
+        <x:v>593240</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>78</x:v>
@@ -1769,284 +1769,284 @@
       <x:c r="R11" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>595741</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>595742</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>595743</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>617593</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>569871</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>569874</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>24</x:v>
@@ -2295,76 +2295,76 @@
         <x:v>611705</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>615358</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>97</x:v>
@@ -2397,76 +2397,76 @@
         <x:v>612506</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>597207</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>24</x:v>
@@ -2532,153 +2532,153 @@
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>45020</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>581988</x:v>
+        <x:v>581989</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>45020</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>581989</x:v>
+        <x:v>581988</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>590829</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>24</x:v>
@@ -2816,76 +2816,76 @@
         <x:v>606348</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>590830</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>139</x:v>
@@ -3070,75 +3070,75 @@
         <x:v>154</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>598275</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>45010</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>608214</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -3555,51 +3555,51 @@
         <x:v>189</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>615656</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>194</x:v>