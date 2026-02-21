--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -14610,540 +14610,540 @@
       <x:c r="R231" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>596026</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>592968</x:v>
+        <x:v>592965</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>592970</x:v>
+        <x:v>592966</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>592971</x:v>
+        <x:v>592969</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>592967</x:v>
+        <x:v>592972</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>592965</x:v>
+        <x:v>592968</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>592966</x:v>
+        <x:v>592970</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>592969</x:v>
+        <x:v>592971</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>592972</x:v>
+        <x:v>592967</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>595107</x:v>
+        <x:v>595106</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>595106</x:v>
+        <x:v>595107</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>326</x:v>
@@ -15273,134 +15273,134 @@
         <x:v>135</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>592964</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>592963</x:v>
+        <x:v>592962</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>592962</x:v>
+        <x:v>592963</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>63</x:v>
@@ -15477,183 +15477,183 @@
         <x:v>138</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>594205</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>594208</x:v>
+        <x:v>594206</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>594206</x:v>
+        <x:v>594204</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>594204</x:v>
+        <x:v>594208</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>294</x:v>
@@ -16803,134 +16803,134 @@
         <x:v>138</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>592956</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>592958</x:v>
+        <x:v>592957</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>592957</x:v>
+        <x:v>592958</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>63</x:v>