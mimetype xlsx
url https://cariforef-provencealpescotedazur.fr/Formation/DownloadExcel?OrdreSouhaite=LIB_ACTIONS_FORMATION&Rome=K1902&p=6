--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -353,74 +353,74 @@
   <x:si>
     <x:t>IPAM</x:t>
   </x:si>
   <x:si>
     <x:t>59200</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé du Para-Médical - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant juridique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Belmont</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2028 00:00:00</x:t>
@@ -692,75 +692,75 @@
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de compétence droit des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
@@ -2540,173 +2540,174 @@
         <x:v>576238</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>85</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>599789</x:v>
+        <x:v>579343</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="S15" s="0" t="n">
+        <x:v>599789</x:v>
+      </x:c>
+      <x:c r="T15" s="4" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>36389</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -2837,149 +2838,149 @@
       <x:c r="S18" s="14" t="n">
         <x:v>599791</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>36389</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="R19" s="0" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>499254</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>579346</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>36389</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -3014,55 +3015,55 @@
         <x:v>546657</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -3072,81 +3073,81 @@
       <x:c r="S22" s="14" t="n">
         <x:v>603606</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="R23" s="0" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>603607</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39768</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
@@ -5913,264 +5914,265 @@
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>592206</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>196</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>573504</x:v>
+        <x:v>592208</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>592207</x:v>
+        <x:v>573504</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>592210</x:v>
+        <x:v>592207</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>592208</x:v>
+        <x:v>592210</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
@@ -6182,51 +6184,51 @@
       <x:c r="J76" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>576289</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>223</x:v>
@@ -7041,51 +7043,51 @@
         <x:v>203</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>593100</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>260</x:v>
@@ -7116,136 +7118,136 @@
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>585407</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>597423</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>597422</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
@@ -7258,51 +7260,51 @@
       <x:c r="J96" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>597425</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
@@ -7398,75 +7400,75 @@
       <x:c r="R98" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>576294</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>597793</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
@@ -7657,108 +7659,108 @@
       <x:c r="J103" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>576293</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>597419</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -7879,51 +7881,51 @@
       <x:c r="J107" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>592405</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40292</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
@@ -8194,81 +8196,81 @@
       <x:c r="R112" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>549372</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40988</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>592798</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>40988</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
@@ -8649,138 +8651,138 @@
       <x:c r="R120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>576297</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>611986</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>597267</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -8901,51 +8903,51 @@
       <x:c r="J125" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>597439</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
@@ -9425,51 +9427,51 @@
       <x:c r="J134" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>581232</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -9479,108 +9481,108 @@
       <x:c r="J135" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>597435</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>597438</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -10281,51 +10283,51 @@
       <x:c r="J149" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>581242</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
@@ -10688,51 +10690,51 @@
       <x:c r="J156" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>581234</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
@@ -10889,82 +10891,82 @@
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>576311</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>597444</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -11461,82 +11463,82 @@
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>576317</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>591990</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -12945,76 +12947,76 @@
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>597452</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>597453</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
@@ -13056,82 +13058,82 @@
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>597455</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>597456</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -13686,81 +13688,81 @@
       <x:c r="R208" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>597460</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>597459</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
@@ -13968,130 +13970,130 @@
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>597245</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>597246</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>597247</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
@@ -14366,72 +14368,72 @@
         <x:v>218</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>580925</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>602492</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>