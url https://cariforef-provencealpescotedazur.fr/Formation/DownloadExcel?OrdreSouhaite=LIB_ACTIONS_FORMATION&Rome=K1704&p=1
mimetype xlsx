--- v0 (2025-12-02)
+++ v1 (2026-02-18)
@@ -233,60 +233,60 @@
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours droit de l'exécution des peines</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours matière pénale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours sécurité intérieure</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours théorie du droit</x:t>
   </x:si>
   <x:si>
     <x:t>master mention justice, procès et procédures</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours contentieux économique, médiation et arbitrage</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours droit et pratique des contentieux publics</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours justices et droit du procès</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours pratique du droit des étrangers</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
@@ -1312,162 +1312,162 @@
       <x:c r="K9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>597246</x:v>
+        <x:v>597247</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>597245</x:v>
+        <x:v>597246</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>597247</x:v>
+        <x:v>597245</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">