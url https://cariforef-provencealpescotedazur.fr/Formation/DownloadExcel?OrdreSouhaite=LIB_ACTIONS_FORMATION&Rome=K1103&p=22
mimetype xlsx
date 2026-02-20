--- v2 (2026-02-20)
+++ v3 (2026-02-20)
@@ -1274,74 +1274,74 @@
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
@@ -1388,71 +1388,71 @@
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Magnétisme</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage amma assis</x:t>
   </x:si>
   <x:si>
     <x:t>Massage amma assis pro</x:t>
   </x:si>
   <x:si>
+    <x:t>Xavier Court</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Xavier Court - Ressources</x:t>
   </x:si>
   <x:si>
-    <x:t>75017</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/15/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>02/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage amma assis standard</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Ayurvédique</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>Massage ayurvédique</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Ayurvedique Abhyanga</x:t>
@@ -1595,68 +1595,68 @@
   <x:si>
     <x:t>Massage Deep Tissue - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Massage énergétique crânio-facial scapulaire</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage enfant (de 2 à 12 ans)</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Hawaïen Lomi Lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Kobido</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
+    <x:t>05/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EGUILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>EGUILLES</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Massage lomi lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Minceur</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Oriental</x:t>
   </x:si>
   <x:si>
     <x:t>Massage relaxant des jambes et des pieds</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Shiatsu</x:t>
   </x:si>
   <x:si>
     <x:t>Massage sonore aux bols chantants tibétains</x:t>
   </x:si>
   <x:si>
     <x:t>Massage sportif</x:t>
@@ -1901,95 +1901,95 @@
   <x:si>
     <x:t>04/08/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathe, relaxologue, praticien en réflexologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Femme , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Iffcn</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Innovnaturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Ferme de Beaugensiers</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>BELGENTIER</x:t>
   </x:si>
   <x:si>
+    <x:t>04/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/26/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique hospitalière , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Olfactothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Philosophihe du yoga</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Phytothérapie gemmothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
@@ -2030,80 +2030,80 @@
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en art thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé Jacquet</x:t>
   </x:si>
   <x:si>
     <x:t>IEPA</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
+    <x:t>03/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/13/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Art Thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
   </x:si>
   <x:si>
     <x:t>EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en herboristerie</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose conversationnelle</x:t>
@@ -2138,62 +2138,62 @@
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Efth Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose thérapeutique</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en naturopathie</x:t>
   </x:si>
   <x:si>
+    <x:t>12/03/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Snob Dog Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13382</x:t>
   </x:si>
   <x:si>
     <x:t>Commerçant , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>12/03/2029 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Praticien en naturopathie à distance</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PRATICIEN EN NATUROPATHIE ENERGETIQUE A DISTANCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Formation Naturopathie Energétique</x:t>
   </x:si>
   <x:si>
     <x:t>CFNE</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en naturopathie hygièniste</x:t>
@@ -2240,62 +2240,62 @@
   <x:si>
     <x:t>Thomas Vanhee - Osmoz Life</x:t>
   </x:si>
   <x:si>
     <x:t>83136</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MEOUNES-LES-MONTRIEUX</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien naturopathe</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/08/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Adnr</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/08/2023 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Praticien naturopathe : éducateur de santé</x:t>
   </x:si>
   <x:si>
     <x:t>Aesculape - Ecole Libre de Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien naturopathe : naturopathe</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien naturothérapie : conseiller en hygiène de vie</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien shiatsu prévention</x:t>
   </x:si>
   <x:si>
     <x:t>Sens en Eveil</x:t>
   </x:si>
   <x:si>
     <x:t>SEE</x:t>
@@ -2462,71 +2462,71 @@
   <x:si>
     <x:t>Professeur de Pilates - Méthodes harmonie du corps</x:t>
   </x:si>
   <x:si>
     <x:t>Harmonie du Corps - Pilates</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates module d'origine et one to one</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates module pratique, observation et enseignement origine</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates module pratique, observation et enseignement reformer cadillac</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates module séniors et pratique examen</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Yoga</x:t>
   </x:si>
   <x:si>
+    <x:t>06/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elise Maes - Elise Le Goff</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Enseignant , Femme , Particulier, individuel , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Celine Dahan</x:t>
   </x:si>
   <x:si>
-    <x:t>Elise Maes - Elise Le Goff</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Professeur de Yoga au Féminin</x:t>
   </x:si>
   <x:si>
     <x:t>Nathalie Pascaud</x:t>
   </x:si>
   <x:si>
     <x:t>83310</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Yoga Vinyasa</x:t>
   </x:si>
   <x:si>
     <x:t>Rosa Aguilera - Yoga du Sud</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur yoga séniors sur chaise</x:t>
@@ -2693,66 +2693,66 @@
   <x:si>
     <x:t>Sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de sophrologie de Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophro-analyse et mouvements oculaires</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Andralian</x:t>
   </x:si>
   <x:si>
     <x:t>IFS</x:t>
   </x:si>
   <x:si>
     <x:t>75003</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>05/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Enseignant , Formateur , Handicapé moteur</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologie et sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologue</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Sophrologie Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2026 00:00:00</x:t>
   </x:si>
@@ -4858,142 +4858,143 @@
         <x:v>134</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>598460</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>598459</x:v>
+        <x:v>576808</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>576808</x:v>
+        <x:v>598459</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
@@ -5067,142 +5068,143 @@
         <x:v>134</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>598462</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>598461</x:v>
+        <x:v>576809</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>576809</x:v>
+        <x:v>598461</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
@@ -7375,141 +7377,140 @@
       <x:c r="R77" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>536412</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="H78" s="14" t="s"/>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>574194</x:v>
+        <x:v>576826</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-        <x:v>137</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>576826</x:v>
+        <x:v>574194</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>139</x:v>
@@ -11016,160 +11017,159 @@
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>595439</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="H147" s="0" t="s">
+      <x:c r="I147" s="4" t="s">
         <x:v>402</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="R147" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="R147" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>606653</x:v>
+        <x:v>595441</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>394</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="I148" s="16" t="s">
         <x:v>406</x:v>
-      </x:c>
-[...2 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="Q148" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="Q148" s="16" t="s">
+      <x:c r="R148" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="R148" s="14" t="s">
+      <x:c r="S148" s="14" t="n">
+        <x:v>606653</x:v>
+      </x:c>
+      <x:c r="T148" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="S148" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
@@ -11227,51 +11227,51 @@
       <x:c r="J150" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>595443</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -11442,162 +11442,162 @@
         <x:v>134</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>598454</x:v>
+        <x:v>598455</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>616458</x:v>
+        <x:v>598454</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>598455</x:v>
+        <x:v>616458</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
@@ -12156,103 +12156,103 @@
         <x:v>93</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>551195</x:v>
+        <x:v>551197</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>551197</x:v>
+        <x:v>551195</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>24</x:v>
@@ -12292,585 +12292,585 @@
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>566490</x:v>
+        <x:v>552595</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>566488</x:v>
+        <x:v>566490</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>552595</x:v>
+        <x:v>566488</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>566489</x:v>
+        <x:v>597610</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>552601</x:v>
+        <x:v>566489</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>597610</x:v>
+        <x:v>552601</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>552603</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>597611</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>566786</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>552624</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>552623</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
@@ -13657,240 +13657,240 @@
       <x:c r="R197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>510287</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>551186</x:v>
+        <x:v>589946</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>589946</x:v>
+        <x:v>551185</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>600431</x:v>
+        <x:v>551186</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>551185</x:v>
+        <x:v>600431</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
@@ -14607,103 +14607,103 @@
         <x:v>93</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>551405</x:v>
+        <x:v>551406</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>551406</x:v>
+        <x:v>551405</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>24</x:v>
@@ -15037,341 +15037,341 @@
         <x:v>93</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>551163</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>600759</x:v>
+        <x:v>551184</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>617155</x:v>
+        <x:v>615124</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>587347</x:v>
+        <x:v>586743</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>551184</x:v>
+        <x:v>600759</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>586743</x:v>
+        <x:v>617155</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>615124</x:v>
+        <x:v>587347</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
@@ -16825,51 +16825,51 @@
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>549168</x:v>
+        <x:v>557816</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>80</x:v>
@@ -16878,51 +16878,51 @@
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>557816</x:v>
+        <x:v>549168</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
@@ -17411,194 +17411,194 @@
         <x:v>138</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>597743</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-        <x:v>137</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>576859</x:v>
+        <x:v>544176</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>576860</x:v>
+        <x:v>576859</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>544176</x:v>
+        <x:v>576860</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>139</x:v>
@@ -17622,191 +17622,195 @@
         <x:v>138</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>576856</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H275" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>521160</x:v>
+        <x:v>576857</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>576857</x:v>
+        <x:v>521160</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H277" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>598472</x:v>
+        <x:v>617942</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
@@ -17828,90 +17832,87 @@
         <x:v>134</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>598476</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>617942</x:v>
+        <x:v>598472</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>600</x:v>
@@ -18076,51 +18077,51 @@
       <x:c r="M283" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>572432</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
@@ -18142,137 +18143,137 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>548357</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="Q285" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R285" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="S285" s="0" t="n">
+        <x:v>580115</x:v>
+      </x:c>
+      <x:c r="T285" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="U285" s="4" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
-        <x:v>606</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>580115</x:v>
+        <x:v>587282</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>58</x:v>
@@ -18346,72 +18347,72 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>548367</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>516079</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
@@ -18478,107 +18479,107 @@
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>574024</x:v>
+        <x:v>586478</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="U291" s="4" t="s">
         <x:v>622</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>586478</x:v>
+        <x:v>574024</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>58</x:v>
@@ -19403,107 +19404,107 @@
       <x:c r="I309" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>599687</x:v>
+        <x:v>580519</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>580519</x:v>
+        <x:v>599687</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>43</x:v>
@@ -19666,51 +19667,51 @@
       <x:c r="L314" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>566057</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>58</x:v>
@@ -19733,140 +19734,141 @@
       <x:c r="R315" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>586349</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>576867</x:v>
+        <x:v>598480</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H317" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>598480</x:v>
+        <x:v>576867</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>139</x:v>
@@ -19923,473 +19925,473 @@
       <x:c r="K319" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>572416</x:v>
+        <x:v>572417</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="H320" s="14" t="s"/>
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="H320" s="14" t="s">
+        <x:v>649</x:v>
+      </x:c>
       <x:c r="I320" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>575803</x:v>
+        <x:v>572418</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>649</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>612767</x:v>
+        <x:v>572416</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>611917</x:v>
+        <x:v>575803</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-        <x:v>137</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>613248</x:v>
+        <x:v>612767</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>598477</x:v>
+        <x:v>611917</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H325" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>579510</x:v>
+        <x:v>613248</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>648</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
-        <x:v>651</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>648</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>652</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>488540</x:v>
+        <x:v>598477</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>657</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>658</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>648</x:v>
-[...2 lines deleted...]
-        <x:v>649</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>490425</x:v>
+        <x:v>579510</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>139</x:v>
@@ -20446,370 +20448,370 @@
       <x:c r="K329" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>572417</x:v>
+        <x:v>488540</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>661</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>572418</x:v>
+        <x:v>490425</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>612768</x:v>
+        <x:v>598478</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>665</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>665</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>570551</x:v>
+        <x:v>598479</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-        <x:v>137</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>576872</x:v>
+        <x:v>612768</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>133</x:v>
-[...1 lines deleted...]
-      <x:c r="H334" s="14" t="s"/>
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="H334" s="14" t="s">
+        <x:v>666</x:v>
+      </x:c>
       <x:c r="I334" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>598478</x:v>
+        <x:v>570551</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H335" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>598479</x:v>
+        <x:v>576872</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
@@ -21472,162 +21474,162 @@
       <x:c r="I349" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>618116</x:v>
+        <x:v>617965</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>618117</x:v>
+        <x:v>618116</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>633</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>617965</x:v>
+        <x:v>618117</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
@@ -21784,51 +21786,51 @@
       <x:c r="L355" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>610249</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
@@ -22006,342 +22008,342 @@
       <x:c r="R359" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>583216</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q360" s="16" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R360" s="14" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="S360" s="14" t="n">
+        <x:v>543922</x:v>
+      </x:c>
+      <x:c r="T360" s="16" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="U360" s="16" t="s">
         <x:v>689</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>508016</x:v>
+        <x:v>572604</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>572605</x:v>
+        <x:v>508016</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>543922</x:v>
+        <x:v>572605</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>516062</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>587284</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>25</x:v>
@@ -23193,189 +23195,189 @@
         <x:v>198</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>529778</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="Q383" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="R383" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="S383" s="0" t="n">
+        <x:v>472361</x:v>
+      </x:c>
+      <x:c r="T383" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
-      <x:c r="Q383" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>472361</x:v>
+        <x:v>577227</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>726</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>577227</x:v>
+        <x:v>543790</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
@@ -23483,51 +23485,51 @@
       <x:c r="L388" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>573860</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
@@ -23954,51 +23956,51 @@
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>602499</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
@@ -24673,51 +24675,51 @@
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>580162</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
@@ -24726,51 +24728,51 @@
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>580163</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
@@ -24976,260 +24978,260 @@
       <x:c r="L417" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>586571</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>624</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>776</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>777</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>777</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>778</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>553920</x:v>
+        <x:v>578436</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>779</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="I419" s="4" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="K419" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="I419" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L419" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>614475</x:v>
+        <x:v>586607</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>800</x:v>
-[...1 lines deleted...]
-      <x:c r="H420" s="14" t="s"/>
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="H420" s="14" t="s">
+        <x:v>776</x:v>
+      </x:c>
       <x:c r="I420" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>586607</x:v>
+        <x:v>553920</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>802</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>578436</x:v>
+        <x:v>614475</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
@@ -25287,51 +25289,51 @@
       <x:c r="M423" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>616706</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>25</x:v>
@@ -25545,109 +25547,109 @@
       <x:c r="K428" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>588283</x:v>
+        <x:v>579048</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>820</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>579048</x:v>
+        <x:v>588283</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s"/>
       <x:c r="K430" s="14" t="s">
         <x:v>819</x:v>
@@ -26375,153 +26377,153 @@
       <x:c r="M444" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>574177</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>803</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="C445" s="3" t="s"/>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>577478</x:v>
+        <x:v>602507</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>602507</x:v>
+        <x:v>577478</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>844</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>36</x:v>
@@ -27132,51 +27134,51 @@
       <x:c r="K459" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>616481</x:v>
+        <x:v>616483</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>459</x:v>
@@ -27185,51 +27187,51 @@
       <x:c r="K460" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>616483</x:v>
+        <x:v>616481</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>74</x:v>
@@ -27306,441 +27308,441 @@
         <x:v>868</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>575160</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>579208</x:v>
+        <x:v>611923</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>611923</x:v>
+        <x:v>544372</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>544372</x:v>
+        <x:v>579208</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>874</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>876</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="Q466" s="16" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="R466" s="14" t="s">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="S466" s="14" t="n">
+        <x:v>598378</x:v>
+      </x:c>
+      <x:c r="T466" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
-      <x:c r="Q466" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H467" s="0" t="s">
+        <x:v>877</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>598378</x:v>
+        <x:v>520789</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>878</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>879</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="H468" s="14" t="s"/>
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="H468" s="14" t="s">
+        <x:v>649</x:v>
+      </x:c>
       <x:c r="I468" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
-        <x:v>880</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>574335</x:v>
+        <x:v>490437</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
-        <x:v>648</x:v>
-[...2 lines deleted...]
-        <x:v>649</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>490437</x:v>
+        <x:v>574335</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>685</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>874</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
-        <x:v>875</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
-        <x:v>876</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>874</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>876</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>520790</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>867</x:v>
@@ -27825,81 +27827,81 @@
       <x:c r="R472" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>616385</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>888</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>34546</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>876</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>876</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>428251</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
@@ -28142,140 +28144,140 @@
         <x:v>160</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>575827</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>897</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>611928</x:v>
+        <x:v>587459</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>900</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
-        <x:v>898</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>587459</x:v>
+        <x:v>611928</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>899</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>900</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>27</x:v>
@@ -28435,100 +28437,100 @@
       <x:c r="M484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>580507</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>580509</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
@@ -28537,51 +28539,51 @@
       <x:c r="M486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>580510</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>36</x:v>
@@ -28936,109 +28938,109 @@
         <x:v>677</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>618114</x:v>
+        <x:v>617962</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>915</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>617962</x:v>
+        <x:v>618114</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>914</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>915</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
@@ -29530,51 +29532,51 @@
       <x:c r="M505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>616441</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="C506" s="15" t="s"/>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s"/>
       <x:c r="K506" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">