--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -647,74 +647,74 @@
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de formation en soins infirmiers - Institut de formation d'aides-soignants - Institut de formation d'auxiliaires de puéricultures du GCSPA de Salon-de-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13658</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>IFSI Saint-Jacques</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>04995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS CEDEX 9</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IFSI du CHS Sainte-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IFSI d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
-    <x:t>04995</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Institut de formation aux professions paramédicales - Centre hospitalier universitaire de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>IFSI Capelette</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence PACA et Corse (IFSI-IFAS) - site d'Ollioules</x:t>
   </x:si>
   <x:si>
     <x:t>83192</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence Provence-Alpes-Côte d'Azur et Corse (IFSI - IFAS) - Site d'Ollioules</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES CEDEX</x:t>
@@ -812,63 +812,63 @@
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation Toulon-Ollioules - Sanitaire</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation des Alpes Maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>Interfed Santé Sociale - Cfa Métiers de l'Hospitalisation</x:t>
   </x:si>
   <x:si>
     <x:t>CERFAH</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2025 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>09/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État d'infirmier(ière) (expérimental)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État d'infirmier(ière) pour maïeuticiens étrangers</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Université plaies, brûlures et cicatrisation</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FORMATION PREPARATOIRE AUX EPREUVES DE SELECTION FPC 2025 2026</x:t>
   </x:si>
@@ -7850,262 +7850,262 @@
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>594028</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>579027</x:v>
+        <x:v>594031</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>594008</x:v>
+        <x:v>579027</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>594018</x:v>
+        <x:v>594008</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>594031</x:v>
+        <x:v>594018</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
@@ -8124,51 +8124,51 @@
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>594027</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -9174,54 +9174,54 @@
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>579026</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
@@ -9293,51 +9293,51 @@
       <x:c r="M133" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>505671</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
@@ -9527,51 +9527,51 @@
       <x:c r="M137" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>505669</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>246</x:v>
@@ -9648,286 +9648,285 @@
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>583253</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>491222</x:v>
+        <x:v>554074</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>244</x:v>
-[...2 lines deleted...]
-        <x:v>245</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>583242</x:v>
+        <x:v>611329</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>236</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>245</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>505670</x:v>
+        <x:v>583339</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>554072</x:v>
+        <x:v>554073</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
@@ -9936,114 +9935,117 @@
       <x:c r="K144" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>611518</x:v>
+        <x:v>491222</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>554074</x:v>
+        <x:v>583242</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
@@ -10052,176 +10054,173 @@
       <x:c r="K146" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>611329</x:v>
+        <x:v>505670</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>244</x:v>
-[...2 lines deleted...]
-        <x:v>245</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>583339</x:v>
+        <x:v>554072</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>554073</x:v>
+        <x:v>611518</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
@@ -10358,51 +10357,51 @@
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>572951</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G152" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -10421,51 +10420,51 @@
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>580172</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>46</x:v>
       </x:c>