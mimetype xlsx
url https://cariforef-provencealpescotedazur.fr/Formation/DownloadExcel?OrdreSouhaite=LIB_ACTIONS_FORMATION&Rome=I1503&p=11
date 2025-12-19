--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -386,263 +386,263 @@
   <x:si>
     <x:t>SAINT-PAUL-LES-DURANCE</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certification nucléaire - Option Centre de Recherche (CR) - Prévention des Risques (PR) - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Connaître et prévenir le risque légionellose sur les tours aéroréfrigérantes (TAR) - PRB049</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Risque légionellose</x:t>
   </x:si>
   <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MONTFAVET</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Encadrant plomb recyclage ou passerelle amiante SS3/SS4 - AMP102</x:t>
   </x:si>
   <x:si>
     <x:t>Risque plomb</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Espaces confinés</x:t>
   </x:si>
   <x:si>
     <x:t>GIES niveau 1 - sites chimiques et industriels - PRB501</x:t>
   </x:si>
   <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/16/2026 00:00:00</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/12/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GIES niveau 2 - sécurité sur sites chimiques et industriels - PRB502</x:t>
   </x:si>
   <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/24/2026 00:00:00</x:t>
-[...8 lines deleted...]
-    <x:t>03/25/2026 00:00:00</x:t>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/08/2026 00:00:00</x:t>
-[...61 lines deleted...]
-  <x:si>
     <x:t>Groupe Inter Entreprises de Sécurité (GIES 1) + Groupe Inter Entreprises de Sécurité (GIES 2) + ECI ECV + GTIS + Travaux hauteur + H0B0 + ATEX 1 + Habilitations électriques 1.2 BC BC</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement Inter Entreprise de Sécurité (GIES 1 + GIES 2) + espaces confinés + Atex 0</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement Inter Entreprise de Sécurité (GIES 1) + Appareil Respiratoire Isolant (ARI) + ATEX 0</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement Inter Entreprise de Sécurité (GIES 1) + Réception échafaudage + ATEX 0</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement inter entreprises de sécurité (GIES 1 ) + atex 0</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement inter entreprises de sécurité (GIES 1 + 2) + atex 0</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement inter entreprises de sécurité (GIES 1)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement inter entreprises de sécurité (GIES 1) + ATEX 0 + ARI + GTIS + ECI-ECV + travaux en hauteur</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement inter entreprises de sécurité (GIES 1) + ATEX 0 + ARI + travaux en hauteur + Groupement Technique Inter Sociétés</x:t>
@@ -689,54 +689,54 @@
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Olivier Dupeyre Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ODF</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenir en espace confiné industries - Surveillant/intervenant - PRB019</x:t>
   </x:si>
   <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le rôle et les obligations du donneur d'ordre sur chantiers amiante - AMG103</x:t>
   </x:si>
   <x:si>
     <x:t>Risque amiante</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
@@ -2364,202 +2364,202 @@
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22203</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>610726</x:v>
+        <x:v>610727</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>22203</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>610727</x:v>
+        <x:v>610726</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22276</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>610353</x:v>
+        <x:v>610352</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22276</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>610352</x:v>
+        <x:v>610353</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>33</x:v>
@@ -2617,51 +2617,51 @@
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>610745</x:v>
+        <x:v>610734</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>103</x:v>
@@ -2670,97 +2670,97 @@
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>591653</x:v>
+        <x:v>610745</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>591656</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -2769,205 +2769,205 @@
         <x:v>103</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>610734</x:v>
+        <x:v>610741</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>610741</x:v>
+        <x:v>610743</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>610743</x:v>
+        <x:v>591651</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>591651</x:v>
+        <x:v>591646</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>103</x:v>
@@ -2976,304 +2976,304 @@
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>591646</x:v>
+        <x:v>591659</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>591659</x:v>
+        <x:v>610731</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>610731</x:v>
+        <x:v>610740</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>610740</x:v>
+        <x:v>591658</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>591658</x:v>
+        <x:v>610733</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>610733</x:v>
+        <x:v>610744</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>103</x:v>
@@ -3282,811 +3282,811 @@
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>610744</x:v>
+        <x:v>591654</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>591654</x:v>
+        <x:v>591657</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>591657</x:v>
+        <x:v>610737</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>610737</x:v>
+        <x:v>610732</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>610732</x:v>
+        <x:v>591650</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>591649</x:v>
+        <x:v>591655</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>610736</x:v>
+        <x:v>610742</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>610742</x:v>
+        <x:v>610736</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>591650</x:v>
+        <x:v>591649</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>591655</x:v>
+        <x:v>610730</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>591652</x:v>
+        <x:v>591647</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>610738</x:v>
+        <x:v>591653</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>610739</x:v>
+        <x:v>591652</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>610730</x:v>
+        <x:v>610738</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>591647</x:v>
+        <x:v>610739</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>610735</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -4095,103 +4095,103 @@
         <x:v>103</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>591648</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>591660</x:v>
+        <x:v>591665</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>103</x:v>
@@ -4200,100 +4200,100 @@
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>610754</x:v>
+        <x:v>591663</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>591663</x:v>
+        <x:v>591660</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>103</x:v>
@@ -4302,712 +4302,712 @@
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>591665</x:v>
+        <x:v>610754</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>610749</x:v>
+        <x:v>610747</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>610747</x:v>
+        <x:v>610748</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>610748</x:v>
+        <x:v>610750</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="U61" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>610753</x:v>
+        <x:v>591661</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="U62" s="16" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>610750</x:v>
+        <x:v>610755</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>591661</x:v>
+        <x:v>610751</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>610755</x:v>
+        <x:v>610753</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>610751</x:v>
+        <x:v>591666</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>591666</x:v>
+        <x:v>610746</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>610746</x:v>
+        <x:v>591662</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>591662</x:v>
+        <x:v>610752</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>610752</x:v>
+        <x:v>591664</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>591664</x:v>
+        <x:v>610749</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>33</x:v>
@@ -6138,103 +6138,103 @@
         <x:v>103</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>606512</x:v>
+        <x:v>610723</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>610723</x:v>
+        <x:v>606512</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>103</x:v>
@@ -6289,51 +6289,51 @@
       <x:c r="I97" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>610724</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -6342,100 +6342,100 @@
         <x:v>103</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>11567</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>610725</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22265</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>610313</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -6444,51 +6444,51 @@
         <x:v>103</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>22265</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>591440</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>40109</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -6606,51 +6606,51 @@
       <x:c r="I103" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>22276</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>610350</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -6659,60 +6659,60 @@
         <x:v>103</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>22276</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>610351</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>