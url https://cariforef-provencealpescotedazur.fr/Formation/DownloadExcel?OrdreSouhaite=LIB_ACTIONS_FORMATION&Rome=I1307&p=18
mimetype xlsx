--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -557,89 +557,89 @@
   <x:si>
     <x:t>07/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/06/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS électrotechnique</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
@@ -692,96 +692,96 @@
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Electrotechnique ( à partir de la rentrée 2025)</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS électrotechnique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFBT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Général et Technologique Antonin Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Jean de La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Alfred Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>Api 84 - Cfai 84 - Nextech</x:t>
   </x:si>
   <x:si>
     <x:t>84918</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
@@ -4372,619 +4372,620 @@
       <x:c r="K45" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>493595</x:v>
+        <x:v>543637</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>556585</x:v>
+        <x:v>550631</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>543637</x:v>
+        <x:v>611947</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>550631</x:v>
+        <x:v>587886</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>611947</x:v>
+        <x:v>582019</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="H50" s="14" t="s"/>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>150</x:v>
+      </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>587886</x:v>
+        <x:v>509241</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>582019</x:v>
+        <x:v>587888</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>149</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>509241</x:v>
+        <x:v>489415</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>587888</x:v>
+        <x:v>509242</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>489415</x:v>
+        <x:v>493595</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>509242</x:v>
+        <x:v>556585</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -5045,173 +5046,174 @@
       <x:c r="J57" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>548627</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>514432</x:v>
+        <x:v>587887</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>587887</x:v>
+        <x:v>514432</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -5272,51 +5274,51 @@
       <x:c r="J61" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>585530</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
@@ -5497,54 +5499,54 @@
       <x:c r="H65" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>583863</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
@@ -5560,51 +5562,51 @@
       <x:c r="J66" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>594150</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5947,51 +5949,51 @@
       <x:c r="J73" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>594149</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
@@ -6010,54 +6012,54 @@
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>587890</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -6084,136 +6086,136 @@
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>587897</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>598895</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>587889</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
@@ -6339,51 +6341,51 @@
       <x:c r="J80" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>587894</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -6402,875 +6404,873 @@
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>587895</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>587891</x:v>
+        <x:v>617130</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>149</x:v>
-[...2 lines deleted...]
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>587892</x:v>
+        <x:v>612999</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="H84" s="14" t="s"/>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s">
+        <x:v>150</x:v>
+      </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>588515</x:v>
+        <x:v>587891</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>617130</x:v>
+        <x:v>587892</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="H86" s="14" t="s"/>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s">
+        <x:v>150</x:v>
+      </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>612999</x:v>
+        <x:v>587893</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>587893</x:v>
+        <x:v>587898</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>587898</x:v>
+        <x:v>588515</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>502524</x:v>
+        <x:v>600493</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>556722</x:v>
+        <x:v>502524</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>550264</x:v>
+        <x:v>556722</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>550267</x:v>
+        <x:v>550264</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>605692</x:v>
+        <x:v>550267</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="H94" s="14" t="s"/>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>217</x:v>
+      </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>605936</x:v>
+        <x:v>605692</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>218</x:v>
-[...2 lines deleted...]
-        <x:v>219</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>600493</x:v>
+        <x:v>605936</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>109</x:v>
@@ -7305,81 +7305,81 @@
       <x:c r="S96" s="14" t="n">
         <x:v>556825</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>550254</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
@@ -7540,84 +7540,84 @@
       <x:c r="S100" s="14" t="n">
         <x:v>552109</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>498690</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -7659,202 +7659,202 @@
       <x:c r="S102" s="14" t="n">
         <x:v>556501</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>550249</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>547086</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>493129</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -7875,54 +7875,54 @@
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>547818</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -8017,115 +8017,115 @@
       <x:c r="S108" s="14" t="n">
         <x:v>602811</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>500990</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -8196,81 +8196,81 @@
         <x:v>494811</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>600491</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
@@ -8283,88 +8283,88 @@
       <x:c r="H113" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>602215</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -8377,208 +8377,208 @@
       <x:c r="S114" s="14" t="n">
         <x:v>605694</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>605695</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>605696</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>602243</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
@@ -8614,294 +8614,294 @@
       <x:c r="S118" s="14" t="n">
         <x:v>612718</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>547088</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>558733</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>500991</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>500994</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -9036,57 +9036,57 @@
         <x:v>507323</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -9096,81 +9096,81 @@
       <x:c r="S126" s="14" t="n">
         <x:v>565159</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>500992</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
@@ -9182,114 +9182,114 @@
         <x:v>139</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>547559</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>498691</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
@@ -9363,57 +9363,57 @@
       <x:c r="H131" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>515636</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -9518,84 +9518,84 @@
         <x:v>602214</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>617499</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -9697,57 +9697,57 @@
       <x:c r="S136" s="14" t="n">
         <x:v>514132</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -9758,84 +9758,84 @@
         <x:v>559072</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>605693</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -9854,51 +9854,51 @@
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>602318</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
@@ -9938,78 +9938,78 @@
       <x:c r="U140" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>453837</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -10120,51 +10120,51 @@
         <x:v>268</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>610433</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>268</x:v>
@@ -10222,51 +10222,51 @@
         <x:v>268</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>610438</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>268</x:v>
@@ -10324,51 +10324,51 @@
         <x:v>268</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>591528</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>268</x:v>
@@ -10967,90 +10967,90 @@
         <x:v>550073</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40121</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>608197</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40121</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -11174,116 +11174,116 @@
       <x:c r="J163" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>575558</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>29796</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>580066</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
@@ -11335,51 +11335,51 @@
         <x:v>268</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>610431</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>268</x:v>
@@ -12050,51 +12050,51 @@
         <x:v>338</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>609538</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -12111,51 +12111,51 @@
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>556905</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -13117,348 +13117,348 @@
       <x:c r="K197" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>540220</x:v>
+        <x:v>618210</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>618033</x:v>
+        <x:v>540220</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>618210</x:v>
+        <x:v>618033</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>539630</x:v>
+        <x:v>577367</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>576752</x:v>
+        <x:v>539630</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>577367</x:v>
+        <x:v>576752</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -13551,57 +13551,57 @@
       <x:c r="T204" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>37445</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
@@ -13627,51 +13627,51 @@
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37445</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>609541</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
@@ -13687,51 +13687,51 @@
         <x:v>371</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37445</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>556909</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -14079,51 +14079,51 @@
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>585098</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>35188</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>188</x:v>