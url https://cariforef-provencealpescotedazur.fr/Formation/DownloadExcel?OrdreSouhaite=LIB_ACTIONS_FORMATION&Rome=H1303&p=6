--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -878,86 +878,86 @@
   <x:si>
     <x:t>Comprendre la charge de travail et identifier les leviers d'action</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour l'Amélioration des Conditions de Travail</x:t>
   </x:si>
   <x:si>
     <x:t>ANACT</x:t>
   </x:si>
   <x:si>
     <x:t>69009</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir acteur en Sauvetage Secourisme du Travail (SST) - PRS001</x:t>
   </x:si>
   <x:si>
     <x:t>Accident travail maladie professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/16/2026 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
@@ -1301,107 +1301,107 @@
   <x:si>
     <x:t>Gestion données massives</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la santé : technologies parcours maintenance et technologie biomédicales</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours qualité et bonnes pratiques de fabrication</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours qualité et laboratoire</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours systèmes de management QHSE en filière viti-vinicole</x:t>
   </x:si>
   <x:si>
+    <x:t>MAC APS - Maintien et Actualisation des compétences - Renouvellement carte agent privé de sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rk2c Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">MAC APS - Maintien et Actualisation des compétences - Renouvellement carte agent privé de sécurité </x:t>
   </x:si>
   <x:si>
     <x:t>Institut Universel de Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MAC APS - Maintien et Actualisation des compétences - Renouvellement carte agent privé de sécurité</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
@@ -1496,57 +1496,57 @@
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des risques QHSE (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 83</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ip Seq</x:t>
   </x:si>
   <x:si>
     <x:t>Ip Seq - Antenne Toulon</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention risques et environnement parcours gestion territoriale des risques naturels et technologiques - Sciences du risque</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. expert en projets et production d'énergies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie renouvelable</x:t>
   </x:si>
   <x:si>
     <x:t>Membre de la Commission Santé Sécurité Conditions de Travail du CSE des entreprises de plus de 300 salariés : renouvellement de la formation santé-sécurité et conditions de travail - PRA053</x:t>
   </x:si>
@@ -5817,54 +5817,54 @@
       <x:c r="I67" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>591670</x:v>
+        <x:v>591680</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>24</x:v>
@@ -5873,310 +5873,310 @@
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>591678</x:v>
+        <x:v>610766</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>591681</x:v>
+        <x:v>610758</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U69" s="4" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>591680</x:v>
+        <x:v>591687</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>610766</x:v>
+        <x:v>591670</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>610758</x:v>
+        <x:v>591678</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>591687</x:v>
+        <x:v>591681</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
@@ -6231,54 +6231,54 @@
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>591689</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
@@ -6386,54 +6386,54 @@
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>591686</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
@@ -6639,54 +6639,54 @@
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>610772</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
@@ -7251,107 +7251,107 @@
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>591679</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>591685</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
@@ -7455,51 +7455,51 @@
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>33029</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>591640</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
@@ -11935,1223 +11935,1223 @@
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>613565</x:v>
+        <x:v>610894</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>613566</x:v>
+        <x:v>613579</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>613575</x:v>
+        <x:v>613582</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>613578</x:v>
+        <x:v>613583</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>613581</x:v>
+        <x:v>613565</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>610894</x:v>
+        <x:v>613566</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>613579</x:v>
+        <x:v>613575</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>613582</x:v>
+        <x:v>613578</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>613583</x:v>
+        <x:v>613581</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>610897</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>613574</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>613576</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>610895</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>613567</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>613569</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>613570</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>613572</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>613580</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>613584</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>613577</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>610896</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>613573</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>613568</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>613571</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>44</x:v>
@@ -13314,313 +13314,313 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>591697</x:v>
+        <x:v>591708</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>591713</x:v>
+        <x:v>591714</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>610788</x:v>
+        <x:v>591697</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>610793</x:v>
+        <x:v>591713</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>591708</x:v>
+        <x:v>610788</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>591714</x:v>
+        <x:v>610793</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
@@ -13728,54 +13728,54 @@
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>610785</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
@@ -13830,54 +13830,54 @@
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>610795</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
@@ -14136,54 +14136,54 @@
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>610781</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
@@ -15271,51 +15271,51 @@
       <x:c r="M244" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>540596</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15665,51 +15665,51 @@
       <x:c r="K251" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>603085</x:v>
+        <x:v>569652</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>470</x:v>
@@ -15724,57 +15724,57 @@
       <x:c r="K252" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>569652</x:v>
+        <x:v>603085</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="U252" s="16" t="s">
         <x:v>477</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
@@ -15784,54 +15784,54 @@
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>546766</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
@@ -16527,54 +16527,54 @@
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>617046</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>