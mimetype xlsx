--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -1223,71 +1223,71 @@
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/20/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
@@ -1298,60 +1298,60 @@
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir acteur prévention secours du secteur du transport routier de marchandises</x:t>
   </x:si>
@@ -6508,137 +6508,137 @@
       <x:c r="R69" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>594424</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>594394</x:v>
+        <x:v>594395</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>594395</x:v>
+        <x:v>594394</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>186</x:v>
@@ -10317,159 +10317,159 @@
       <x:c r="I139" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>591669</x:v>
+        <x:v>610766</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>610758</x:v>
+        <x:v>591669</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>610763</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
@@ -10521,110 +10521,110 @@
       <x:c r="I143" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>610766</x:v>
+        <x:v>591688</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>591688</x:v>
+        <x:v>610758</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
@@ -10682,54 +10682,54 @@
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>610772</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
@@ -11142,51 +11142,51 @@
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>591667</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
@@ -11340,258 +11340,258 @@
       <x:c r="K159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>610759</x:v>
+        <x:v>591672</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>591678</x:v>
+        <x:v>591686</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>610760</x:v>
+        <x:v>591678</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>591686</x:v>
+        <x:v>610760</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>591672</x:v>
+        <x:v>610759</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
@@ -11754,51 +11754,51 @@
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>610765</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
@@ -13126,138 +13126,138 @@
       <x:c r="R193" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>556004</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>598283</x:v>
+        <x:v>583983</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>583983</x:v>
+        <x:v>598283</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>36</x:v>
@@ -15207,261 +15207,261 @@
       <x:c r="K231" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>591706</x:v>
+        <x:v>591704</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>591715</x:v>
+        <x:v>591706</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>591704</x:v>
+        <x:v>591715</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>610780</x:v>
+        <x:v>610798</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>610798</x:v>
+        <x:v>610780</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
@@ -15618,54 +15618,54 @@
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>610785</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
@@ -15869,774 +15869,774 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>610777</x:v>
+        <x:v>591708</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>591708</x:v>
+        <x:v>591702</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>591702</x:v>
+        <x:v>591719</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>591719</x:v>
+        <x:v>591705</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>591705</x:v>
+        <x:v>610791</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>610791</x:v>
+        <x:v>591694</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>591694</x:v>
+        <x:v>591713</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>591713</x:v>
+        <x:v>591690</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>591690</x:v>
+        <x:v>591697</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>591697</x:v>
+        <x:v>610795</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>610795</x:v>
+        <x:v>610788</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>610782</x:v>
+        <x:v>610789</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>610788</x:v>
+        <x:v>610782</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>610789</x:v>
+        <x:v>610777</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>610781</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
@@ -17603,109 +17603,109 @@
         <x:v>179</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>608271</x:v>
+        <x:v>567813</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>567813</x:v>
+        <x:v>608271</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
@@ -22053,51 +22053,51 @@
       <x:c r="M356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>33029</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>610717</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>28</x:v>
@@ -22512,51 +22512,51 @@
       <x:c r="M365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>591722</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
@@ -22716,51 +22716,51 @@
       <x:c r="M369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>610801</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
@@ -23331,54 +23331,54 @@
       <x:c r="L381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>42816</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>612023</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>295</x:v>
       </x:c>