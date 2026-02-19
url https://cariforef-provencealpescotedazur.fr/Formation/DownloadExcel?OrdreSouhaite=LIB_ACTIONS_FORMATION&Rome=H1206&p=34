--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -14522,160 +14522,159 @@
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>587824</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>423</x:v>
-[...2 lines deleted...]
-        <x:v>424</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>615681</x:v>
+        <x:v>591982</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>170</x:v>
-[...1 lines deleted...]
-      <x:c r="H216" s="14" t="s"/>
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s">
+        <x:v>424</x:v>
+      </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>591982</x:v>
+        <x:v>615681</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>41</x:v>
       </x:c>