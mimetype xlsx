--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -341,80 +341,80 @@
   <x:si>
     <x:t>Gestion production</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception des processus de réalisation de produits option A : production unitaire (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Rouvière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2028 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception des processus de réalisation de produits option B : production sérielle</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Les Eucalyptus</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Les Eucalyptus</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS conception des processus de réalisation de produits option B : production sérielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception des produits industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet industriel</x:t>
@@ -485,62 +485,62 @@
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation en chaudronnerie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Chaudronnerie</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation en chaudronnerie industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CPI - Conception des Produits Industriels</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CPRP - Conception des Processus de Réalisation de Produits - Option B Production sérielle</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CRCI - Conception et réalisation en chaudronnerie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>BTS enveloppe des bâtiments : conception et réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
@@ -584,81 +584,81 @@
   <x:si>
     <x:t>BTS Enveloppe du Bâtiment : conception et réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA gestion et maîtrise de l'eau</x:t>
   </x:si>
   <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
   </x:si>
   <x:si>
     <x:t>Traitement eau</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA gestion et maîtrise de l'eau (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-TULLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours conception et production durable</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
@@ -2550,235 +2550,235 @@
       <x:c r="K18" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>500982</x:v>
+        <x:v>605763</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="U18" s="16" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>605763</x:v>
+        <x:v>605764</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="S20" s="14" t="n">
+        <x:v>500982</x:v>
+      </x:c>
+      <x:c r="T20" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="S20" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T20" s="16" t="s">
+      <x:c r="U20" s="16" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="Q21" s="4" t="s">
+      <x:c r="R21" s="0" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>500983</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>85</x:v>
@@ -2843,282 +2843,282 @@
       <x:c r="H23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="Q23" s="4" t="s">
+      <x:c r="R23" s="0" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>550301</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>595861</x:v>
+        <x:v>595860</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>595862</x:v>
+        <x:v>595861</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>595859</x:v>
+        <x:v>595862</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="I27" s="4" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="Q27" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>595860</x:v>
+        <x:v>595859</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
@@ -3252,51 +3252,51 @@
       <x:c r="L30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>500984</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -3394,145 +3394,146 @@
       <x:c r="S32" s="14" t="n">
         <x:v>605767</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>602255</x:v>
+        <x:v>614742</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>614742</x:v>
+        <x:v>602255</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -3915,76 +3916,76 @@
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>594086</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>594084</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
@@ -4000,66 +4001,66 @@
       <x:c r="H43" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>500986</x:v>
+        <x:v>550239</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
@@ -4092,211 +4093,212 @@
       <x:c r="S44" s="14" t="n">
         <x:v>552110</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>550239</x:v>
+        <x:v>604341</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>105</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>604341</x:v>
+        <x:v>514127</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>514127</x:v>
+        <x:v>500985</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>86</x:v>
@@ -4307,117 +4309,117 @@
       <x:c r="K48" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>500985</x:v>
+        <x:v>605686</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>605686</x:v>
+        <x:v>500986</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>86</x:v>
@@ -4984,330 +4986,329 @@
         <x:v>494824</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>134</x:v>
-[...1 lines deleted...]
-      <x:c r="H60" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>602312</x:v>
+        <x:v>500989</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="S61" s="0" t="n">
+        <x:v>602312</x:v>
+      </x:c>
+      <x:c r="T61" s="4" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>550242</x:v>
+        <x:v>605690</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>515634</x:v>
+        <x:v>550242</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>500988</x:v>
+        <x:v>515634</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -5320,172 +5321,172 @@
       <x:c r="K65" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>605689</x:v>
+        <x:v>500988</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>547695</x:v>
+        <x:v>605689</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>550243</x:v>
+        <x:v>547695</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>84</x:v>
@@ -5493,66 +5494,66 @@
       <x:c r="H68" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q68" s="16" t="s">
+      <x:c r="R68" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="R68" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>500989</x:v>
+        <x:v>550243</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -5618,114 +5619,114 @@
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>585580</x:v>
+        <x:v>509255</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>541914</x:v>
+        <x:v>585580</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -5734,114 +5735,114 @@
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>509255</x:v>
+        <x:v>541914</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>597742</x:v>
+        <x:v>541905</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
@@ -5850,57 +5851,57 @@
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>541905</x:v>
+        <x:v>597742</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6359,51 +6360,51 @@
       <x:c r="L83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>588517</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -7187,149 +7188,148 @@
       <x:c r="T97" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="H98" s="14" t="s"/>
+      <x:c r="H98" s="14" t="s">
+        <x:v>172</x:v>
+      </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>605500</x:v>
+        <x:v>601005</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>174</x:v>
-[...2 lines deleted...]
-        <x:v>175</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>601005</x:v>
+        <x:v>605500</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>184</x:v>
@@ -7461,51 +7461,51 @@
       <x:c r="L102" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>509935</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35467</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -7803,57 +7803,57 @@
       <x:c r="K108" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>453850</x:v>
+        <x:v>509934</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -7863,57 +7863,57 @@
       <x:c r="K109" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>556139</x:v>
+        <x:v>602545</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>197</x:v>
@@ -7930,172 +7930,172 @@
       <x:c r="M110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>554927</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>602545</x:v>
+        <x:v>453850</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>509934</x:v>
+        <x:v>556139</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -8173,160 +8173,159 @@
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>596733</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>188</x:v>
-[...2 lines deleted...]
-        <x:v>189</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>575969</x:v>
+        <x:v>596734</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>208</x:v>
-[...1 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>596734</x:v>
+        <x:v>575969</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -8675,107 +8674,107 @@
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>586930</x:v>
+        <x:v>586929</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>586929</x:v>
+        <x:v>586930</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>38</x:v>
@@ -9645,51 +9644,51 @@
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>586968</x:v>
+        <x:v>586967</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>225</x:v>
@@ -9698,357 +9697,357 @@
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>586971</x:v>
+        <x:v>586968</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>586974</x:v>
+        <x:v>586971</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>586967</x:v>
+        <x:v>586974</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>586972</x:v>
+        <x:v>586970</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>586976</x:v>
+        <x:v>586977</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>586970</x:v>
+        <x:v>586972</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>586977</x:v>
+        <x:v>586976</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
@@ -10793,141 +10792,141 @@
       <x:c r="R162" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>592032</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>592029</x:v>
+        <x:v>592031</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>592031</x:v>
+        <x:v>592029</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -11838,51 +11837,51 @@
       <x:c r="L181" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>582143</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>225</x:v>
       </x:c>