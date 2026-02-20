--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -404,245 +404,245 @@
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option A génie climatique et fluidique</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Denis Diderot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Léonard de Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Denis Diderot</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option A génie climatique et fluidique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Les Iscles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Les Iscles</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Azur Enerj Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>SOLLIES-PONT</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS fluides-énergies-domotique option B froid et conditionnement d'air</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option B froid et conditionnement d'air (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option C domotique et bâtiment communicants</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option C domotique et bâtiment communicants (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Galliéni</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Léon Chiris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Professionnel Léon Chiris</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BTS management économique de la construction</x:t>
   </x:si>
   <x:si>
     <x:t>Métré spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>BTS management économique de la construction (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIMP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Golf Hôtel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>BTS MEC - Management Economique de la Construction (ex BTS EEC)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS SCBH - Systèmes Constructifs Bois et Habitat</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite chantier BTP</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRUN</x:t>
   </x:si>
   <x:si>
     <x:t>BTS systèmes constructifs bois et habitat</x:t>
   </x:si>
   <x:si>
     <x:t>LP Alpes et Durance</x:t>
   </x:si>
   <x:si>
     <x:t>05200</x:t>
   </x:si>
   <x:si>
     <x:t>BTS systèmes constructifs bois et habitat (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Alpes et Durance</x:t>
@@ -722,59 +722,59 @@
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie civil-construction durable parcours travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie civil-construction durable parcours travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité métiers de la transition et de l'efficacité énergétiques parcours optimisation énergétique pour le bâtiment et l'industrie</x:t>
   </x:si>
   <x:si>
     <x:t>Thermique</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé d’accompagnement à la rénovation énergétique du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
@@ -785,74 +785,74 @@
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Métré BTP</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole Supérieure de Conduite de Travaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESCT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commercialisation BTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Conduite de Travaux - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Supérieure de Conduite de Travaux</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de projet énergie et bâtiment durables (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>Enveloppe bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
@@ -1520,54 +1520,54 @@
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chargé d'études thermiques, énergétiques et environnementales du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel coordinateur BIM du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Coordinateur BIM du Bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel coordinateur BIM du bâtiment (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien d'études en chauffage, ventilation et climatisation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Jacques Raynaud</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur</x:t>
   </x:si>
@@ -3868,152 +3868,152 @@
       <x:c r="R32" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>564384</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>550634</x:v>
+        <x:v>507626</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>507626</x:v>
+        <x:v>550634</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -4308,623 +4308,624 @@
       <x:c r="J40" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>564382</x:v>
+        <x:v>554782</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>564383</x:v>
+        <x:v>564376</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>557460</x:v>
+        <x:v>554008</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>554782</x:v>
+        <x:v>564382</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>99</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>606235</x:v>
+        <x:v>564383</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>493629</x:v>
+        <x:v>557460</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>88</x:v>
-[...1 lines deleted...]
-      <x:c r="H46" s="14" t="s"/>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>543669</x:v>
+        <x:v>606235</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>519401</x:v>
+        <x:v>493629</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>99</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>564373</x:v>
+        <x:v>543669</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-        <x:v>100</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>564375</x:v>
+        <x:v>519401</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>564379</x:v>
+        <x:v>564373</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -4934,60 +4935,60 @@
       <x:c r="J51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>564380</x:v>
+        <x:v>564375</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
@@ -4996,108 +4997,108 @@
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>554008</x:v>
+        <x:v>564379</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>564376</x:v>
+        <x:v>564380</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
@@ -5110,51 +5111,51 @@
       <x:c r="K54" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>595918</x:v>
+        <x:v>595919</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -5164,51 +5165,51 @@
       <x:c r="K55" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>595919</x:v>
+        <x:v>595920</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
@@ -5221,1404 +5222,1405 @@
       <x:c r="K56" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>595920</x:v>
+        <x:v>595918</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-        <x:v>124</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>602822</x:v>
+        <x:v>547560</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>130</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>500998</x:v>
+        <x:v>564868</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>494841</x:v>
+        <x:v>602822</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>602329</x:v>
+        <x:v>500998</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="U60" s="16" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q61" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q61" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>605938</x:v>
+        <x:v>494841</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>141</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>512439</x:v>
+        <x:v>602329</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>600747</x:v>
+        <x:v>605938</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="R64" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="S64" s="14" t="n">
+        <x:v>512439</x:v>
+      </x:c>
+      <x:c r="T64" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="R64" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>544883</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>547560</x:v>
+        <x:v>600747</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q67" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>564868</x:v>
+        <x:v>547703</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>611234</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>595933</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>595932</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>611241</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>501002</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>494842</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>605697</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>550268</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>600755</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>547704</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>595936</x:v>
+        <x:v>595934</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>595934</x:v>
+        <x:v>595935</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
@@ -6631,1418 +6633,1419 @@
       <x:c r="K80" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>595935</x:v>
+        <x:v>595936</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-        <x:v>100</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>556364</x:v>
+        <x:v>494768</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>611277</x:v>
+        <x:v>607799</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>608160</x:v>
+        <x:v>556360</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>556360</x:v>
+        <x:v>556364</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>607799</x:v>
+        <x:v>611277</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>88</x:v>
-[...1 lines deleted...]
-      <x:c r="H86" s="14" t="s"/>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>494768</x:v>
+        <x:v>608160</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>605952</x:v>
+        <x:v>556362</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="Q88" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="Q88" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>556362</x:v>
+        <x:v>511024</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>511024</x:v>
+        <x:v>556735</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>556735</x:v>
+        <x:v>547561</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>547561</x:v>
+        <x:v>517673</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>99</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>517673</x:v>
+        <x:v>605952</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>596031</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>596030</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>515642</x:v>
+        <x:v>547712</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>35802</x:v>
+        <x:v>41826</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>547712</x:v>
+        <x:v>609216</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>41826</x:v>
+        <x:v>35802</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>609216</x:v>
+        <x:v>511040</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>35802</x:v>
+        <x:v>41826</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>511040</x:v>
+        <x:v>615091</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>41826</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>615091</x:v>
+        <x:v>615097</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>41826</x:v>
+        <x:v>35802</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>615097</x:v>
+        <x:v>556367</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>556367</x:v>
+        <x:v>511041</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R102" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="S102" s="14" t="n">
+        <x:v>515642</x:v>
+      </x:c>
+      <x:c r="T102" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="R102" s="14" t="s">
+      <x:c r="U102" s="16" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>554009</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
@@ -8081,152 +8084,152 @@
       <x:c r="R104" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>543672</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="S105" s="0" t="n">
+        <x:v>513346</x:v>
+      </x:c>
+      <x:c r="T105" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U105" s="4" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>513346</x:v>
+        <x:v>507632</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -8434,51 +8437,51 @@
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38578</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>494750</x:v>
       </x:c>
@@ -8493,51 +8496,51 @@
       <x:c r="A112" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38578</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>547583</x:v>
       </x:c>
@@ -8550,363 +8553,363 @@
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38578</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>611256</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>507654</x:v>
+        <x:v>543660</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>543660</x:v>
+        <x:v>553981</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="S116" s="14" t="n">
+        <x:v>513342</x:v>
+      </x:c>
+      <x:c r="T116" s="16" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U116" s="16" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>513342</x:v>
+        <x:v>507654</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>554765</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -8919,51 +8922,51 @@
       <x:c r="J119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>504172</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
@@ -8978,51 +8981,51 @@
       <x:c r="J120" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>606261</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -9061,1036 +9064,1036 @@
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>609816</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>596921</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>596923</x:v>
+        <x:v>596922</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>596922</x:v>
+        <x:v>596923</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>556423</x:v>
+        <x:v>611318</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R126" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="S126" s="14" t="n">
+        <x:v>515649</x:v>
+      </x:c>
+      <x:c r="T126" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="R126" s="14" t="s">
+      <x:c r="U126" s="16" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>611318</x:v>
+        <x:v>608244</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>515649</x:v>
+        <x:v>511105</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>608244</x:v>
+        <x:v>498999</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="Q130" s="16" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="R130" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="Q130" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>511105</x:v>
+        <x:v>607805</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>498999</x:v>
+        <x:v>547722</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>607805</x:v>
+        <x:v>602122</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>547722</x:v>
+        <x:v>556422</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>602122</x:v>
+        <x:v>550406</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>556422</x:v>
+        <x:v>611236</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>550406</x:v>
+        <x:v>556423</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>611236</x:v>
+        <x:v>511110</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>35482</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>616038</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>35482</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -10100,51 +10103,51 @@
       <x:c r="I139" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>575546</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
@@ -10157,701 +10160,702 @@
       <x:c r="I140" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>596781</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>603815</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>554926</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>454263</x:v>
+        <x:v>509948</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="U143" s="4" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>509948</x:v>
+        <x:v>454263</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>35486</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>11461</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>596773</x:v>
+        <x:v>575555</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>35486</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>207</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>11461</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>575555</x:v>
+        <x:v>596773</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>569504</x:v>
+        <x:v>540558</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>540558</x:v>
+        <x:v>539972</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>539972</x:v>
+        <x:v>579826</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>579826</x:v>
+        <x:v>571640</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>571640</x:v>
+        <x:v>569504</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
@@ -11015,229 +11019,228 @@
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38141</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>549307</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>38141</x:v>
+        <x:v>37856</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>230</x:v>
-[...1 lines deleted...]
-      <x:c r="H156" s="14" t="s"/>
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>239</x:v>
+      </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>22232</x:v>
+        <x:v>22257</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>601262</x:v>
+        <x:v>548655</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>37856</x:v>
+        <x:v>38141</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>242</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>22257</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="P157" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Q157" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="P157" s="0" t="s">
+      <x:c r="R157" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="S157" s="0" t="n">
+        <x:v>601262</x:v>
+      </x:c>
+      <x:c r="T157" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="U157" s="4" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38141</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>600211</x:v>
       </x:c>
@@ -11247,118 +11250,118 @@
       <x:c r="U158" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39748</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>601007</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39748</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>551874</x:v>
       </x:c>
@@ -11765,557 +11768,557 @@
       <x:c r="T167" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>592252</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="I169" s="4" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="Q169" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="Q169" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>572714</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>602337</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>601009</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="I172" s="16" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>549382</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>551899</x:v>
+        <x:v>602338</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>602338</x:v>
+        <x:v>551899</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>569506</x:v>
+        <x:v>571642</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>571642</x:v>
+        <x:v>569506</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>35821</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -13089,51 +13092,51 @@
         <x:v>120</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39555</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>550435</x:v>
       </x:c>
@@ -13150,111 +13153,111 @@
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>39555</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>543394</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38058</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>448148</x:v>
       </x:c>
@@ -13265,466 +13268,466 @@
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37986</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>22250</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>601023</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H195" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="I195" s="4" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>598029</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H196" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="I196" s="16" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>598030</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39880</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>558313</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="I198" s="16" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>549370</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="I199" s="4" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>531532</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>557088</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>39217</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>549718</x:v>
       </x:c>
@@ -14121,137 +14124,137 @@
       <x:c r="S208" s="14" t="n">
         <x:v>575053</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>41018</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>606188</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>41018</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="I210" s="16" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>597797</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
@@ -14426,51 +14429,51 @@
       <x:c r="I214" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>592029</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
@@ -14480,51 +14483,51 @@
       <x:c r="I215" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>592032</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
@@ -14774,165 +14777,165 @@
       <x:c r="J220" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>582033</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>40339</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>592544</x:v>
+        <x:v>592545</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40339</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>592545</x:v>
+        <x:v>592544</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>40339</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -15040,228 +15043,228 @@
         <x:v>120</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>40033</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>611487</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40033</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>605719</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>40071</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>600751</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>40071</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>546212</x:v>
       </x:c>
@@ -15335,314 +15338,314 @@
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>550464</x:v>
+        <x:v>602149</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>602149</x:v>
+        <x:v>550464</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>608202</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>608201</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>616815</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>30142</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -15655,237 +15658,237 @@
       <x:c r="J235" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>606286</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>30142</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>606283</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38810</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>22293</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>548656</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38810</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>22293</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>495645</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38930</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -15927,51 +15930,51 @@
       <x:c r="A240" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38930</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>549324</x:v>
       </x:c>
@@ -15984,51 +15987,51 @@
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38930</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>600216</x:v>
       </x:c>
@@ -16110,212 +16113,212 @@
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>610398</x:v>
+        <x:v>610397</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>610400</x:v>
+        <x:v>610398</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>610399</x:v>
+        <x:v>610400</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>610397</x:v>
+        <x:v>610399</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16587,109 +16590,109 @@
         <x:v>59</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>591511</x:v>
+        <x:v>610410</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>610410</x:v>
+        <x:v>591511</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
@@ -16870,75 +16873,75 @@
       <x:c r="T257" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>549072</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>39230</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
@@ -17416,289 +17419,289 @@
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>611003</x:v>
+        <x:v>611002</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>40136</x:v>
+        <x:v>34886</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>585760</x:v>
+        <x:v>539594</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>34886</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>539594</x:v>
+        <x:v>540186</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>34886</x:v>
+        <x:v>40136</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>540186</x:v>
+        <x:v>611003</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>40136</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>585759</x:v>
+        <x:v>585760</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>40136</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
@@ -17724,156 +17727,156 @@
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>610942</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>34886</x:v>
+        <x:v>40136</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>540185</x:v>
+        <x:v>585759</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>40136</x:v>
+        <x:v>34886</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>611002</x:v>
+        <x:v>540185</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
@@ -18420,357 +18423,356 @@
       <x:c r="S284" s="14" t="n">
         <x:v>616468</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>616059</x:v>
+        <x:v>588258</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>432</x:v>
-[...1 lines deleted...]
-      <x:c r="H286" s="14" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H286" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
       <x:c r="I286" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>599538</x:v>
+        <x:v>616059</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>34280</x:v>
+        <x:v>39408</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>499766</x:v>
+        <x:v>599538</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>39408</x:v>
+        <x:v>34280</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>588258</x:v>
+        <x:v>499766</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>556719</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>588260</x:v>
       </x:c>
@@ -18783,51 +18785,51 @@
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>599537</x:v>
       </x:c>
@@ -18844,170 +18846,170 @@
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>37292</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>571057</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>37292</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>571055</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>37292</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>548396</x:v>
       </x:c>
@@ -19023,110 +19025,110 @@
         <x:v>120</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37292</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>609532</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37292</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>604046</x:v>
       </x:c>
@@ -19371,78 +19373,78 @@
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>34886</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>505810</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">