--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -275,59 +275,59 @@
   <x:si>
     <x:t>Travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/11/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bachelor bâtiment numérique et BIM</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Conception BIM</x:t>
   </x:si>
   <x:si>
     <x:t>Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
@@ -347,65 +347,65 @@
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2028 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option B Froid et conditionnement d'air</x:t>
   </x:si>
   <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option C Domotique et bâtiment communicants</x:t>
   </x:si>
   <x:si>
     <x:t>Greta du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
@@ -503,62 +503,62 @@
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
+    <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
-    <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS fluides-énergies-domotique option B froid et conditionnement d'air (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option C domotique et bâtiment communicants</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option C domotique et bâtiment communicants (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Léon Chiris</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
@@ -866,59 +866,59 @@
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé d'études en rénovation énergétique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75001</x:t>
   </x:si>
   <x:si>
     <x:t>Audit énergétique bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
+    <x:t>10/26/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/26/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé d'études en rénovation énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet en rénovation énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>La Solive</x:t>
   </x:si>
   <x:si>
     <x:t>92000</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Réglementation thermique bâtiment</x:t>
@@ -932,368 +932,368 @@
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">chef de projet en rénovation énergétique performante </x:t>
   </x:si>
   <x:si>
     <x:t>École Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet en rénovation énergétique performante</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet en rénovation énergétique performante (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Académie Vaucluse Provence Industries - Antenne Pertuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
-    <x:t>Académie Vaucluse Provence Industries - Antenne Pertuis</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Conseiller le maître d'ouvrage sur un projet de rénovation énergétique - Bloc de compétences du titre professionnel chargé d'accompagnement à la rénovation énergétique du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences pour l'ingénieur</x:t>
   </x:si>
   <x:si>
+    <x:t>Génie industriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEUST spécialité bâtiment et travaux publics blocs de compétences BC01 - BC03 - BC04 - BC05 - BC06 - BC07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diagnostiqueur de produits, équipements, matériaux et déchets issus du bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe N2a</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion déchet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diagnostiqueur immobilier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arliane Diagnostic Immobilier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diagnostic immobilier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>diplôme d'État d'architecte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENSA Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rénovation urbaine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>diplôme d'études en architecture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme ingénieur de l'ENSAM spécialité travaux publics (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résolution problème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Nationale Supérieure d'Arts et Métiers - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme ingénieur de l'ENSAM spécialité travaux publics en partenariat avec l'AFITP PACA (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert de la transition énergétique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Éco-construction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en digitalisation et exploitation des bâtiments</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contrat performance énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Institut Supérieur Bâtiment et TP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wedge Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeune 16-25 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en digitalisation et exploitation des bâtiments (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie du Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACAMAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en digitalisation et exploitation des bâtiments spécialisation manager de projet BIM et Smart Building (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en optimisation des systèmes énergétiques (MS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mines Paris - PSL - Campus de Sophia-Antipolis </x:t>
+  </x:si>
+  <x:si>
+    <x:t>06904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mathématiques décision</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formateur AIPR (Autorisation d'Intervention à Proximité des Réseaux) opérateur, encadrant et concepteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Formation Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation formateur spécialisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAUNEUF-LES-MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie civil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Physique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie civil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur spécialisé en modélisation complexe des infrastructures de la construction, diplômé de l'institut supérieur du bâtiment et des travaux publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISBA-TP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur spécialisé en modélisation complexe des infrastructures de la construction, diplômé de l'institut supérieur du bâtiment et des travaux publics (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
-    <x:t>Génie industriel</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
-    <x:t>DEUST spécialité bâtiment et travaux publics blocs de compétences BC01 - BC03 - BC04 - BC05 - BC06 - BC07</x:t>
-[...268 lines deleted...]
-  <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours électronique, électrotechnique et automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours ingénierie mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours instrumentation et sciences de la mesure</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours signaux Images télécommunications et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Pro BIM Option aménagements fonciers 3D</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention cartographie, topographie et systèmes d'information géographique</x:t>
   </x:si>
   <x:si>
     <x:t>Cartographie</x:t>
@@ -1463,66 +1463,66 @@
   <x:si>
     <x:t>08/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chargé d'accompagnement à la rénovation énergétique du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Evolusio Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bao Formation</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chargé d'affaires du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chargé d'études thermiques, énergétiques et environnementales du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel coordinateur BIM du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
@@ -2837,153 +2837,153 @@
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>591506</x:v>
+        <x:v>610403</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>610403</x:v>
+        <x:v>610406</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>610406</x:v>
+        <x:v>591506</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>75</x:v>
@@ -3124,90 +3124,88 @@
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>542497</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>609811</x:v>
+        <x:v>564393</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -3240,88 +3238,90 @@
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>543630</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>88</x:v>
-[...1 lines deleted...]
-      <x:c r="H22" s="14" t="s"/>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="S22" s="14" t="n">
+        <x:v>609811</x:v>
+      </x:c>
+      <x:c r="T22" s="16" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -3385,51 +3385,51 @@
       <x:c r="J24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>557452</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -3794,51 +3794,51 @@
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>609815</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -4305,51 +4305,51 @@
       <x:c r="J40" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>564384</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -4359,51 +4359,51 @@
       <x:c r="J41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>543669</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
@@ -4674,84 +4674,87 @@
       <x:c r="R46" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>554008</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>493629</x:v>
+        <x:v>564380</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
@@ -4761,349 +4764,346 @@
       <x:c r="J48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>564383</x:v>
+        <x:v>493629</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-        <x:v>105</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>564373</x:v>
+        <x:v>564383</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>564382</x:v>
+        <x:v>564373</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>564385</x:v>
+        <x:v>564382</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>606235</x:v>
+        <x:v>564385</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>564380</x:v>
+        <x:v>606235</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -5694,173 +5694,176 @@
       <x:c r="K64" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>611234</x:v>
+        <x:v>547703</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>544883</x:v>
+        <x:v>602329</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>564868</x:v>
+        <x:v>544883</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -5870,166 +5873,164 @@
       <x:c r="K67" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>547703</x:v>
+        <x:v>611234</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="Q68" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>602329</x:v>
+        <x:v>564868</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>605938</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
@@ -6251,272 +6252,271 @@
         <x:v>501002</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>611241</x:v>
+        <x:v>605697</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>141</x:v>
-[...2 lines deleted...]
-        <x:v>142</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>605697</x:v>
+        <x:v>600755</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="H76" s="14" t="s"/>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>600755</x:v>
+        <x:v>550268</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>550268</x:v>
+        <x:v>611241</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -6865,178 +6865,179 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>605952</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>494768</x:v>
+        <x:v>608160</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>511024</x:v>
+        <x:v>494768</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -7052,176 +7053,175 @@
       <x:c r="K87" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>608160</x:v>
+        <x:v>511024</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>88</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>547561</x:v>
+        <x:v>517673</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-        <x:v>105</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>607799</x:v>
+        <x:v>547561</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>106</x:v>
@@ -7232,57 +7232,57 @@
       <x:c r="K90" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>517673</x:v>
+        <x:v>607799</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -8240,51 +8240,51 @@
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>609812</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38578</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -8462,57 +8462,57 @@
       <x:c r="K111" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>547583</x:v>
+        <x:v>611256</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38578</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
@@ -8521,57 +8521,57 @@
       <x:c r="K112" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>611256</x:v>
+        <x:v>547583</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38578</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -8929,51 +8929,51 @@
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>609816</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
@@ -9355,93 +9355,93 @@
       <x:c r="S126" s="14" t="n">
         <x:v>611318</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>498999</x:v>
+        <x:v>515649</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>194</x:v>
@@ -9452,238 +9452,238 @@
       <x:c r="K128" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>550406</x:v>
+        <x:v>498999</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>556422</x:v>
+        <x:v>550406</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>556423</x:v>
+        <x:v>547722</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>547722</x:v>
+        <x:v>608244</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>106</x:v>
@@ -9694,117 +9694,117 @@
       <x:c r="K132" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>608244</x:v>
+        <x:v>556422</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>515649</x:v>
+        <x:v>556423</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>106</x:v>
@@ -11107,51 +11107,51 @@
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>601262</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38141</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -11250,51 +11250,51 @@
       <x:c r="U158" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39748</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -11311,144 +11311,144 @@
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39748</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>601007</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>39259</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>22215</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>578606</x:v>
+        <x:v>615684</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="U161" s="4" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>39259</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
@@ -11457,54 +11457,54 @@
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>22215</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>615684</x:v>
+        <x:v>578606</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>39259</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
@@ -11579,51 +11579,51 @@
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>22215</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>578603</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>39259</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -11636,51 +11636,51 @@
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>22215</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>578604</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>39621</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -11880,238 +11880,238 @@
         <x:v>572714</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>549382</x:v>
+        <x:v>602338</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>602338</x:v>
+        <x:v>549382</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>602337</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -12128,51 +12128,51 @@
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -12238,85 +12238,85 @@
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>571642</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>592031</x:v>
+        <x:v>592029</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -12343,2310 +12343,2310 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>569506</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>35821</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>590976</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>604961</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>616582</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>616580</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>569359</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>616569</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>616578</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>616581</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>616584</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>616583</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>616579</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37340</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>616707</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38342</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>12513</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>594245</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38343</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>12513</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>594246</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>39555</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>550435</x:v>
+        <x:v>543394</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>39555</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>543394</x:v>
+        <x:v>550435</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38058</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>448148</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37986</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>22250</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>601023</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>598030</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>598029</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>39880</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>558313</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>557088</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>531532</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>549370</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>39217</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>549718</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38774</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>11033</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="Q203" s="4" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="R203" s="0" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>369</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>597571</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>605138</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38323</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>596807</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>40042</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>595629</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37580</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>595664</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>40042</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>575049</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>37580</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>575053</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>41018</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>606188</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>41018</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>597797</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>592030</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>592032</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>592028</x:v>
+        <x:v>592031</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>592029</x:v>
+        <x:v>592028</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>575006</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>576166</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
@@ -14655,114 +14655,114 @@
       <x:c r="G218" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>580928</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>575007</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
@@ -14831,108 +14831,108 @@
       <x:c r="I221" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>592544</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40339</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>592545</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>40339</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
@@ -14948,51 +14948,51 @@
       <x:c r="J223" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>580618</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>40339</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
@@ -15007,120 +15007,120 @@
       <x:c r="J224" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>575989</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>40033</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>611487</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40033</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>143</x:v>
@@ -15194,51 +15194,51 @@
       <x:c r="M227" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>600751</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>40071</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -15268,81 +15268,81 @@
       <x:c r="R228" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>546212</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>581110</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
@@ -15359,51 +15359,51 @@
       <x:c r="I230" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>550464</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
@@ -15419,51 +15419,51 @@
       <x:c r="I231" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>602149</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
@@ -15492,51 +15492,51 @@
       <x:c r="M232" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>608202</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -15552,51 +15552,51 @@
       <x:c r="M233" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>608201</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>106</x:v>
@@ -15670,51 +15670,51 @@
       <x:c r="M235" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>606286</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>30142</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
@@ -15729,78 +15729,78 @@
       <x:c r="M236" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>606283</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38810</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>22293</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -15817,105 +15817,105 @@
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38810</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>22293</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>548656</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38930</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -15930,51 +15930,51 @@
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38930</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -15987,51 +15987,51 @@
       <x:c r="U240" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38930</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -16701,106 +16701,106 @@
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>591512</x:v>
+        <x:v>610411</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>610411</x:v>
+        <x:v>591512</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
@@ -16875,76 +16875,76 @@
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>610413</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>549072</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
@@ -17083,51 +17083,51 @@
       <x:c r="M261" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>540185</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>34886</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
@@ -17139,51 +17139,51 @@
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>540186</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>40136</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -17258,51 +17258,51 @@
       <x:c r="M264" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>539596</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>34886</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -17312,51 +17312,51 @@
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>539597</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>34886</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
@@ -17428,51 +17428,51 @@
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>586058</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>40136</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
@@ -17541,232 +17541,232 @@
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>610943</x:v>
+        <x:v>585759</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>40136</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>611003</x:v>
+        <x:v>585760</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>40136</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>585759</x:v>
+        <x:v>610943</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>40136</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>585760</x:v>
+        <x:v>611003</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>34886</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -17922,482 +17922,483 @@
       <x:c r="T275" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="S276" s="14" t="n">
+        <x:v>617470</x:v>
+      </x:c>
+      <x:c r="T276" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="S276" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>583763</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="Q278" s="16" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="R278" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="Q278" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>617470</x:v>
+        <x:v>611557</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="U278" s="16" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>35503</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>616369</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38546</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>617358</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>616468</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>34280</x:v>
+        <x:v>39408</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>552673</x:v>
+        <x:v>588049</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>39408</x:v>
+        <x:v>34280</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H283" s="0" t="s">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>588049</x:v>
+        <x:v>552673</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -18428,154 +18429,154 @@
       <x:c r="S284" s="14" t="n">
         <x:v>588051</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>616059</x:v>
+        <x:v>556719</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>556719</x:v>
+        <x:v>616059</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>34280</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -18588,51 +18589,51 @@
       <x:c r="M287" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>499766</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
@@ -18933,118 +18934,116 @@
       <x:c r="K293" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>571055</x:v>
+        <x:v>609532</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>37292</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>491</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>609532</x:v>
+        <x:v>604046</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37292</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
@@ -19079,136 +19078,138 @@
         <x:v>571057</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37292</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>487</x:v>
-[...1 lines deleted...]
-      <x:c r="H296" s="14" t="s"/>
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="H296" s="14" t="s">
+        <x:v>492</x:v>
+      </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>604046</x:v>
+        <x:v>571055</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>41531</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>616682</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>34886</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">