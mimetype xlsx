--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -425,93 +425,93 @@
   <x:si>
     <x:t>60500</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Sport équestre</x:t>
   </x:si>
   <x:si>
     <x:t>Afasec - Antenne Cabriès - CFA Régional des Métiers Hippiques</x:t>
   </x:si>
   <x:si>
     <x:t>13822</x:t>
   </x:si>
   <x:si>
     <x:t>CABRIES</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préformation au DEJEPS escalade milieu naturel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation entrée formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir instructeur bodybalance</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Guide de palanquée (Divemaster PADI)</x:t>
   </x:si>
   <x:si>
     <x:t>Dune France</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formapoledance - Module avancé</x:t>
   </x:si>
   <x:si>
     <x:t>In Da House</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
@@ -2016,367 +2016,367 @@
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>603114</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>12087</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>591868</x:v>
+        <x:v>616071</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s"/>
-      <x:c r="F18" s="14" t="s"/>
+      <x:c r="E18" s="14" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="F18" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
       <x:c r="G18" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H18" s="14" t="s"/>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>15084</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>595433</x:v>
+        <x:v>588137</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="C19" s="3" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="n">
+        <x:v>38698</x:v>
+      </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>15477</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>557376</x:v>
+        <x:v>591868</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="C20" s="15" t="s"/>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C20" s="15" t="n">
+        <x:v>35946</x:v>
+      </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>80</x:v>
-[...1 lines deleted...]
-      <x:c r="J20" s="14" t="s"/>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J20" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>15477</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>557377</x:v>
+        <x:v>595433</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>15477</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>616071</x:v>
+        <x:v>557376</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
+      <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>38</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>15084</x:v>
+        <x:v>15477</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>588137</x:v>
+        <x:v>557377</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>41</x:v>
@@ -2855,95 +2855,95 @@
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>617897</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>15084</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>608608</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
@@ -3181,81 +3181,81 @@
       <x:c r="R38" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>591869</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38700</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>592006</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -3264,51 +3264,51 @@
         <x:v>171</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>589568</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>177</x:v>