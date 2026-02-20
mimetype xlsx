--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -449,141 +449,141 @@
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Histoire sciences et techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours double licence droit-lettres</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention traduction et interprétation parcours traduction littéraire</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention anthropologie parcours anthropologie sociale, ethnologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention information et médiation scientifique et technique parcours veille technologique et innovation</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention philosophie parcours philosophie</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention anthropologie parcours anthropologie sociale, ethnologie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention lettres</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention histoire</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention philosophie</x:t>
+  </x:si>
+  <x:si>
     <x:t>année préparatoire publique aux concours des écoles supérieures d'art et de design</x:t>
   </x:si>
   <x:si>
     <x:t>École municipale d'arts plastiques EMAP - Villa Thiole</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Publicité</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole municipale d'arts plastiques EMAP - Villa Thiole</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention histoire, civilisations, patrimoine</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>master mention lettres et humanités</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>master mention philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention humanités</x:t>
   </x:si>
   <x:si>
     <x:t>master mention information et médiation scientifique et technique</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>année préparatoire privée aux concours des écoles supérieures d'art et design</x:t>
   </x:si>
   <x:si>
     <x:t>École des nouvelles images</x:t>
   </x:si>
   <x:si>
     <x:t>Argumenter et convaincre</x:t>
   </x:si>
@@ -3624,266 +3624,266 @@
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>575700</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>38209</x:v>
+        <x:v>39038</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>33020</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>574953</x:v>
+        <x:v>575524</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>33020</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>574954</x:v>
+        <x:v>574953</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>40616</x:v>
+        <x:v>38209</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>33020</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>581255</x:v>
+        <x:v>574954</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>39038</x:v>
+        <x:v>40616</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>575524</x:v>
+        <x:v>581255</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
@@ -3964,363 +3964,363 @@
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>592809</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>143</x:v>
-[...1 lines deleted...]
-      <x:c r="C48" s="15" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C48" s="15" t="n">
+        <x:v>40114</x:v>
+      </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>145</x:v>
-[...1 lines deleted...]
-      <x:c r="J48" s="14" t="s"/>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="J48" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="R48" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="R48" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>594642</x:v>
+        <x:v>592379</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>39466</x:v>
+        <x:v>40548</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>592104</x:v>
+        <x:v>592572</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>152</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>133</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>592109</x:v>
+        <x:v>594642</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>40114</x:v>
+        <x:v>39466</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>592379</x:v>
+        <x:v>592104</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>40548</x:v>
+        <x:v>39462</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>592572</x:v>
+        <x:v>592109</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>592202</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
@@ -4342,69 +4342,69 @@
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>592203</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>33020</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -4431,69 +4431,69 @@
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>597372</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>38</x:v>
@@ -4572,189 +4572,189 @@
       <x:c r="S58" s="14" t="n">
         <x:v>568229</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39480</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>595474</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>595482</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>592794</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -4790,162 +4790,162 @@
       <x:c r="S62" s="14" t="n">
         <x:v>568231</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40616</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>592578</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>592200</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40617</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>14229</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -5007,81 +5007,81 @@
       <x:c r="R66" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>617692</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39479</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>595408</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39280</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
@@ -5151,51 +5151,51 @@
       <x:c r="J69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38189</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
@@ -5217,126 +5217,126 @@
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>597426</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38695</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>591858</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -5399,136 +5399,136 @@
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>592793</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>14227</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>592807</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38189</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>597427</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -5612,109 +5612,109 @@
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>568234</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39480</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>595475</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -5727,292 +5727,292 @@
       <x:c r="T79" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>14227</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>592808</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>594643</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39280</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>15231</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>592088</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>592201</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>33020</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>597250</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37843</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
@@ -6054,55 +6054,55 @@
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>550743</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>35364</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>14217</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -6172,78 +6172,78 @@
       <x:c r="T87" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>592380</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -6270,304 +6270,304 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>592381</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39466</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>592105</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>597371</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>594641</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39038</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>591985</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>40546</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>14207</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>592788</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38189</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -6603,109 +6603,109 @@
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>597428</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40616</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>592579</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>33020</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -6714,55 +6714,55 @@
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>597251</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>33020</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>173</x:v>
       </x:c>