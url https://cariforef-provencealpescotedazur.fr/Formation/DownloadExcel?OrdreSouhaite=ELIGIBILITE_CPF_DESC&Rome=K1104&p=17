--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -806,374 +806,374 @@
   <x:si>
     <x:t>Réservée aux licenciés en psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>Arche Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Thérapeute de couple</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Formateur , Handicapé moteur , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thérapie familiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (1 année)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U Man Training</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art thérapie en mouvement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terre de Lune</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Profession libérale , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interagir avec le théâtre forum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>I et M Académie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scénothérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-GENIEZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hypnothérapeute</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (2 années)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en hypnose Ericksonienne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en Art Thérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien 2 en hypnose et communication ericksonienne (combiné)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hypnose et stratégies d'accompagnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Médiateur artistique : organiser et conduire un atelier de médiation artistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien PNL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Accompagner la fratrie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychiatrie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychanalyste EFPP ( 2 ans)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychanalyse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techniques d’hypnose appliquées à l’accompagnement individuel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Enseignant , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maitre praticien en hypnose éricksonienne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maître praticien communication PNL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metathesis Psynaps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bases programmation neurolinguistique - PNL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Way Inside</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALTHEN-DES-PALUDS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aide à la parentalité EFPP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie enfant adolescent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psycho-Analyste en Thérapies Brèves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psycho-Analyste Clinicien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDAH adulte : psychopathologie du tdah et stratégies d'accompagnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien 2 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention psychologie : neuropsychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>Art-thérapeute en mouvement</x:t>
   </x:si>
   <x:si>
-    <x:t>Terre de Lune</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/25/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Neurothérapie par Biofeedback-Neurofeedback</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Handicapé moteur , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Biofeedback-Neurofeedback</x:t>
   </x:si>
   <x:si>
-    <x:t>02/02/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Maître praticien communication PNL</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Autisme, TSA : Accompagner la fratrie</x:t>
-[...103 lines deleted...]
-  <x:si>
     <x:t>CNV (Communication Non Violente) module 3</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien en hypnose Ericksonienne</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Thérapeute de couple</x:t>
-[...133 lines deleted...]
-  <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Base et outils pour un accompagnement adapté aux adultes</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Pratique et outils pour ancrer l’éducation structurée dans l’accompagnement</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA sans TDI ou TDI léger : Comprendre et accompagner l’étape de la sexualité</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
@@ -1829,138 +1829,138 @@
   <x:si>
     <x:t>Coalix</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie clinique, psychopathologie et psychologie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie du développement</x:t>
   </x:si>
   <x:si>
     <x:t>Art thérapeute</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Communication thérapeutique et introduction à l'hypnose conversationnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Écoute active</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNV (Communication Non Violente) module 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Découvrir l'analyse transactionnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victimologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urgence psychologique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sexothérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychanalyste EFPP 1ère année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychanalyste EFPP 2ème  année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychopraticien EPC 3ème année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La parole aux émotions : Professionnaliser sa pratique d’accompagnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Profession libérale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spécialiste en technique d’entretien et d’accompagnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2026 00:00:00</x:t>
-  </x:si>
-[...79 lines deleted...]
-    <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -5649,3274 +5649,3273 @@
         <x:v>243</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>579932</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14469</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>599687</x:v>
+        <x:v>576551</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14469</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="R62" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="S62" s="14" t="n">
+        <x:v>612060</x:v>
+      </x:c>
+      <x:c r="T62" s="16" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="U62" s="16" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>598478</x:v>
+        <x:v>535904</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>602682</x:v>
+        <x:v>612767</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>602685</x:v>
+        <x:v>618112</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>14403</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>598025</x:v>
+        <x:v>618114</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>44587</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>598036</x:v>
+        <x:v>618115</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>14403</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>615313</x:v>
+        <x:v>571736</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>15013</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>598330</x:v>
+        <x:v>558514</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="H70" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>43048</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>608554</x:v>
+        <x:v>579048</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-        <x:v>229</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>613248</x:v>
+        <x:v>585299</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>14475</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>529898</x:v>
+        <x:v>598478</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14406</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>611917</x:v>
+        <x:v>616424</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>616409</x:v>
+        <x:v>546492</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>615230</x:v>
+        <x:v>495568</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>545992</x:v>
+        <x:v>495575</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>15013</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>587860</x:v>
+        <x:v>617966</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>15013</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>617950</x:v>
+        <x:v>617967</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>614623</x:v>
+        <x:v>570551</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>14420</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>570545</x:v>
+        <x:v>580511</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-        <x:v>133</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>572407</x:v>
+        <x:v>580520</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>572412</x:v>
+        <x:v>576837</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>14498</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>559481</x:v>
+        <x:v>576869</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="H84" s="14" t="s"/>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>616642</x:v>
+        <x:v>576870</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>600768</x:v>
+        <x:v>579942</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>580519</x:v>
+        <x:v>573783</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-        <x:v>229</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>576820</x:v>
+        <x:v>618110</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>144</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>299</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>151</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>14403</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>591929</x:v>
+        <x:v>581199</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>15004</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>579510</x:v>
+        <x:v>554983</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>43048</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>588280</x:v>
+        <x:v>608554</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>618086</x:v>
+        <x:v>613248</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>117</x:v>
-[...1 lines deleted...]
-      <x:c r="H92" s="14" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14475</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>618117</x:v>
+        <x:v>529898</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-        <x:v>133</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>491340</x:v>
+        <x:v>611917</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>491388</x:v>
+        <x:v>616409</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>14469</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>576551</x:v>
+        <x:v>615230</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>14469</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>612060</x:v>
+        <x:v>545992</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>535904</x:v>
+        <x:v>587860</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>612767</x:v>
+        <x:v>617950</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>618112</x:v>
+        <x:v>614623</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>117</x:v>
-[...1 lines deleted...]
-      <x:c r="H100" s="14" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14420</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>618114</x:v>
+        <x:v>570545</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>618115</x:v>
+        <x:v>572407</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>320</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>133</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>571736</x:v>
+        <x:v>572412</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14498</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>558514</x:v>
+        <x:v>559481</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>579048</x:v>
+        <x:v>616642</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>585299</x:v>
+        <x:v>600768</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>14406</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q106" s="16" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="R106" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="S106" s="14" t="n">
+        <x:v>580519</x:v>
+      </x:c>
+      <x:c r="T106" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="Q106" s="16" t="s">
+      <x:c r="U106" s="16" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>546492</x:v>
+        <x:v>576820</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>313</x:v>
-[...1 lines deleted...]
-      <x:c r="C108" s="15" t="s"/>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C108" s="15" t="n">
+        <x:v>38991</x:v>
+      </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="J108" s="14" t="s"/>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="J108" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>495568</x:v>
+        <x:v>591929</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>495575</x:v>
+        <x:v>579510</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>117</x:v>
-[...1 lines deleted...]
-      <x:c r="H110" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>617966</x:v>
+        <x:v>588280</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>617967</x:v>
+        <x:v>599687</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>570551</x:v>
+        <x:v>611592</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>580511</x:v>
+        <x:v>602682</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>242</x:v>
-[...1 lines deleted...]
-      <x:c r="H114" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>580520</x:v>
+        <x:v>602685</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-        <x:v>229</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>576837</x:v>
+        <x:v>598025</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>576869</x:v>
+        <x:v>598036</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-        <x:v>229</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>576870</x:v>
+        <x:v>615313</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>579942</x:v>
+        <x:v>598330</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>573783</x:v>
+        <x:v>618086</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>618110</x:v>
+        <x:v>618117</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>44587</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>581199</x:v>
+        <x:v>491340</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>15004</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="S122" s="14" t="n">
+        <x:v>491388</x:v>
+      </x:c>
+      <x:c r="T122" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="S122" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T122" s="16" t="s">
+      <x:c r="U122" s="16" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>47</x:v>
@@ -8970,51 +8969,51 @@
         <x:v>230</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>575746</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>77</x:v>
@@ -9025,51 +9024,51 @@
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>586349</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
@@ -9180,100 +9179,100 @@
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>585143</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>585153</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
@@ -9316,113 +9315,113 @@
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>14420</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>595838</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>598443</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>190</x:v>
@@ -9591,51 +9590,51 @@
       <x:c r="M136" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>614992</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
@@ -9690,91 +9689,91 @@
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>15054</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>615215</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>587855</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
@@ -9896,54 +9895,54 @@
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>611193</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
@@ -10000,54 +9999,54 @@
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>611196</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>34526</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10161,109 +10160,109 @@
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>600764</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>14469</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>600770</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
@@ -10321,59 +10320,59 @@
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>580509</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
@@ -10433,51 +10432,51 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>576822</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
@@ -10590,51 +10589,51 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>588283</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
@@ -10793,51 +10792,51 @@
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>602515</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10848,51 +10847,51 @@
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>602518</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>167</x:v>
@@ -10966,51 +10965,51 @@
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>611669</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>15013</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
@@ -11163,51 +11162,51 @@
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>569144</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
@@ -11791,51 +11790,51 @@
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>613902</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
@@ -11843,260 +11842,260 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>606161</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>14469</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>614990</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>617275</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>587854</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>15013</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>587859</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -12105,100 +12104,100 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>546527</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>617964</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -12259,51 +12258,51 @@
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>570541</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
@@ -12408,54 +12407,54 @@
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>616646</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
@@ -12561,51 +12560,51 @@
       <x:c r="I193" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>576849</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
@@ -12616,51 +12615,51 @@
         <x:v>230</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>576867</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>179</x:v>
@@ -12727,103 +12726,103 @@
       <x:c r="M196" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>579939</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>574091</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>27</x:v>
@@ -12831,103 +12830,103 @@
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>602517</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>602528</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -12938,51 +12937,51 @@
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>608175</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
@@ -13045,51 +13044,51 @@
       <x:c r="M202" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>598944</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
@@ -13097,51 +13096,51 @@
       <x:c r="M203" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>598965</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
@@ -13158,77 +13157,77 @@
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>610248</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>14469</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>612058</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
@@ -13265,100 +13264,100 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>544664</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>15013</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>618106</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>15013</x:v>
       </x:c>
@@ -13408,62 +13407,62 @@
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>490425</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
@@ -13512,51 +13511,51 @@
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>583216</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -13785,51 +13784,51 @@
       <x:c r="L216" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>554985</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>203</x:v>
@@ -13890,51 +13889,51 @@
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>586347</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
@@ -14143,51 +14142,51 @@
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>585140</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
@@ -14283,100 +14282,100 @@
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>608558</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>608559</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
@@ -14403,51 +14402,51 @@
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>595857</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
@@ -15032,77 +15031,77 @@
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>543148</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>14475</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>570537</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
@@ -15232,103 +15231,103 @@
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>572416</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>611195</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -15394,51 +15393,51 @@
       <x:c r="M247" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>600767</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
@@ -15455,51 +15454,51 @@
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>580510</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
@@ -15666,51 +15665,51 @@
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>576872</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
@@ -15866,51 +15865,51 @@
       <x:c r="M256" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>602681</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
@@ -15926,93 +15925,93 @@
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>610026</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>615315</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
@@ -16083,77 +16082,77 @@
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>611671</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>14469</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>613517</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
@@ -16177,106 +16176,106 @@
       <x:c r="L262" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>598024</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>598038</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>194</x:v>
@@ -16333,51 +16332,51 @@
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>615297</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
@@ -16386,51 +16385,51 @@
       <x:c r="L266" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>615314</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
@@ -16540,62 +16539,62 @@
       <x:c r="L269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>613051</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -16645,51 +16644,51 @@
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>618150</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
@@ -16912,51 +16911,51 @@
       <x:c r="M276" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>574648</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>71</x:v>
@@ -17328,74 +17327,74 @@
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>585206</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>608555</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
@@ -17476,51 +17475,51 @@
       <x:c r="M287" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>606623</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>27</x:v>
@@ -17528,51 +17527,51 @@
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>529895</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>27</x:v>
@@ -17812,248 +17811,248 @@
       <x:c r="R293" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>587757</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>587856</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>15013</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>587858</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>14420</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>587865</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>15013</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>617951</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>15013</x:v>
       </x:c>
@@ -18062,145 +18061,145 @@
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>617952</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>617953</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>617954</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
@@ -18260,85 +18259,85 @@
       <x:c r="M302" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>543365</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>14475</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>543383</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
@@ -18427,51 +18426,51 @@
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>570540</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
@@ -18482,51 +18481,51 @@
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>572411</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
@@ -18551,78 +18550,78 @@
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>581621</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>47</x:v>
@@ -18836,51 +18835,51 @@
       <x:c r="M313" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>562817</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>27</x:v>
@@ -19006,51 +19005,51 @@
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>576866</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>15013</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
@@ -19062,91 +19061,91 @@
       <x:c r="R317" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>586222</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>578637</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
@@ -19206,51 +19205,51 @@
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>588299</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>573</x:v>
@@ -19313,51 +19312,51 @@
       <x:c r="L322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>602514</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>27</x:v>
@@ -19365,51 +19364,51 @@
       <x:c r="L323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>602519</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -19420,51 +19419,51 @@
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>602522</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
@@ -19527,51 +19526,51 @@
       <x:c r="M326" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>602687</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
@@ -19579,51 +19578,51 @@
       <x:c r="M327" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>598946</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>27</x:v>
@@ -19642,89 +19641,89 @@
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>610014</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>598021</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -19735,100 +19734,100 @@
       <x:c r="L330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>615327</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>615371</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I332" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -19943,54 +19942,54 @@
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>613049</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
@@ -20122,2089 +20121,2088 @@
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>442197</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>445</x:v>
-[...1 lines deleted...]
-      <x:c r="H338" s="14" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H338" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="I338" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14420</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>610249</x:v>
+        <x:v>612668</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="U338" s="16" t="s">
         <x:v>586</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H339" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>15044</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>526908</x:v>
+        <x:v>617596</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>615589</x:v>
+        <x:v>535893</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>14420</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>612668</x:v>
+        <x:v>612768</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>15044</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>617596</x:v>
+        <x:v>618078</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14498</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>535893</x:v>
+        <x:v>618101</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>113</x:v>
-[...1 lines deleted...]
-      <x:c r="H344" s="14" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s">
+        <x:v>133</x:v>
+      </x:c>
       <x:c r="I344" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>612768</x:v>
+        <x:v>491387</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>594</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>618078</x:v>
+        <x:v>618273</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>597</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>117</x:v>
-[...1 lines deleted...]
-      <x:c r="H346" s="14" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H346" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="I346" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>14498</x:v>
+        <x:v>15004</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>618101</x:v>
+        <x:v>554950</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14435</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>491387</x:v>
+        <x:v>579475</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>618273</x:v>
+        <x:v>599341</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>15004</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>554950</x:v>
+        <x:v>598445</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>14435</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>601</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>579475</x:v>
+        <x:v>598451</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>599341</x:v>
+        <x:v>598479</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>598445</x:v>
+        <x:v>598666</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>598451</x:v>
+        <x:v>611920</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="H354" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H354" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="I354" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43079</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>598479</x:v>
+        <x:v>597733</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H355" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>598666</x:v>
+        <x:v>546114</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>611920</x:v>
+        <x:v>617973</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>43079</x:v>
+        <x:v>14475</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>597733</x:v>
+        <x:v>570535</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14475</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>546114</x:v>
+        <x:v>570536</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H359" s="0" t="s">
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>617973</x:v>
+        <x:v>572202</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>606</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>14475</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>570535</x:v>
+        <x:v>572409</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>14475</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>570536</x:v>
+        <x:v>611194</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>572202</x:v>
+        <x:v>559513</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>572409</x:v>
+        <x:v>559514</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I364" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>611194</x:v>
+        <x:v>563337</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>559513</x:v>
+        <x:v>580512</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>559514</x:v>
+        <x:v>580514</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>563337</x:v>
+        <x:v>566057</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>242</x:v>
-[...1 lines deleted...]
-      <x:c r="H368" s="14" t="s"/>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H368" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
       <x:c r="I368" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>580512</x:v>
+        <x:v>576839</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H369" s="0" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>580514</x:v>
+        <x:v>588284</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="H370" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H370" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="I370" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>566057</x:v>
+        <x:v>588287</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>576839</x:v>
+        <x:v>603508</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>44587</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>588284</x:v>
+        <x:v>598836</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>15004</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>588287</x:v>
+        <x:v>616979</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
-        <x:v>612</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>603508</x:v>
+        <x:v>610249</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>598836</x:v>
+        <x:v>526908</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>15004</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>616979</x:v>
+        <x:v>615589</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>