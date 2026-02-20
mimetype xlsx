--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -578,276 +578,276 @@
   <x:si>
     <x:t>13790</x:t>
   </x:si>
   <x:si>
     <x:t>ROUSSET</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel manager d'unité marchande (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Esid</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestionnaire d'unité commerciale (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable de commerces et de la distribution (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grande distribution</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie du Var - Capforma - Antenne Draguignan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFBT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel assistant manager d'unité marchande (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence - Antenne Manosque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestionnaire d'unité commerciale option ressources humaines - management (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable commerce retail (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iscod</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA technico-commercial option vins, bières, et spiritueux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA Régional Agricole Public PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA technico-commercial option biens et services pour l'agriculture (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe B2C Formation - Synergy School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTSA technico-commercial option vins, bières, et spiritueux (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Gestionnaire d'unité commerciale option hôtellerie restauration (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA technico-commercial option alimentation et boissons (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>CFA Régional Agricole Public PACA</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>BTSA technico-commercial option univers jardins et animaux de compagnie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA technico-commercial option produits de la filière forêt bois (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable de commerces et de la distribution (Apprentissage)</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Maison Familiale et Rurale Sainte Victoire</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
-  </x:si>
-[...91 lines deleted...]
-    <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel assistant manager d'unité marchande</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
@@ -3526,152 +3526,152 @@
       <x:c r="R34" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>607279</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>538976</x:v>
+        <x:v>551901</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>551901</x:v>
+        <x:v>538976</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -4002,1737 +4002,1736 @@
       <x:c r="G43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="R43" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="Q43" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>552335</x:v>
+        <x:v>552336</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>504725</x:v>
+        <x:v>608796</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>38676</x:v>
+        <x:v>40675</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>34587</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>546936</x:v>
+        <x:v>608798</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>545202</x:v>
+        <x:v>548555</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>599922</x:v>
+        <x:v>547120</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>36003</x:v>
+        <x:v>36141</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>187</x:v>
-[...1 lines deleted...]
-      <x:c r="H48" s="14" t="s"/>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>34559</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>506188</x:v>
+        <x:v>603512</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>36141</x:v>
+        <x:v>35233</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-        <x:v>92</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>34559</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>506452</x:v>
+        <x:v>587438</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>38676</x:v>
+        <x:v>36141</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="H50" s="14" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>34559</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>548182</x:v>
+        <x:v>600863</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>36003</x:v>
+        <x:v>40675</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="I51" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="H51" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>34587</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="Q51" s="4" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="R51" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="Q51" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="R51" s="0" t="s">
+      <x:c r="S51" s="0" t="n">
+        <x:v>601011</x:v>
+      </x:c>
+      <x:c r="T51" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="S51" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>36003</x:v>
+        <x:v>36141</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>34559</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>605847</x:v>
+        <x:v>506454</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>36003</x:v>
+        <x:v>37787</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>195</x:v>
-[...2 lines deleted...]
-        <x:v>196</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>34559</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>496610</x:v>
+        <x:v>608678</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>40675</x:v>
+        <x:v>38676</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>203</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>34587</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>590103</x:v>
+        <x:v>521239</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>555749</x:v>
+        <x:v>549878</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>38676</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>212</x:v>
-[...1 lines deleted...]
-      <x:c r="H56" s="14" t="s"/>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>557583</x:v>
+        <x:v>496475</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>38676</x:v>
+        <x:v>35233</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>552336</x:v>
+        <x:v>546277</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>36141</x:v>
+        <x:v>38676</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>34559</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>608796</x:v>
+        <x:v>552335</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>40675</x:v>
+        <x:v>36141</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>34587</x:v>
+        <x:v>34559</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>608798</x:v>
+        <x:v>504725</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>36141</x:v>
+        <x:v>38676</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>34559</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>548555</x:v>
+        <x:v>546936</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>38676</x:v>
+        <x:v>36141</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>34559</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>547120</x:v>
+        <x:v>545202</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>36141</x:v>
+        <x:v>38676</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>91</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>34559</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>603512</x:v>
+        <x:v>599922</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>35233</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>587438</x:v>
+        <x:v>506188</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>600863</x:v>
+        <x:v>506452</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>40675</x:v>
+        <x:v>38676</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>203</x:v>
-[...2 lines deleted...]
-        <x:v>204</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>34587</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>601011</x:v>
+        <x:v>548182</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>36141</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>34559</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>506454</x:v>
+        <x:v>605841</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>37787</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>34559</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>608678</x:v>
+        <x:v>605847</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>38676</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>120</x:v>
-[...1 lines deleted...]
-      <x:c r="H68" s="14" t="s"/>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>521239</x:v>
+        <x:v>496610</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>36003</x:v>
+        <x:v>40675</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="I69" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="H69" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>34587</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="Q69" s="4" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="R69" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="Q69" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>549878</x:v>
+        <x:v>590103</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>496475</x:v>
+        <x:v>555749</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>35233</x:v>
+        <x:v>38676</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>546277</x:v>
+        <x:v>557583</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35233</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G72" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -5855,54 +5854,54 @@
         <x:v>120</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>616529</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
@@ -5997,128 +5996,128 @@
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>552951</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>605846</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -6128,78 +6127,78 @@
       <x:c r="S78" s="14" t="n">
         <x:v>605931</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>521172</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
@@ -6279,68 +6278,68 @@
       <x:c r="J81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>555932</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
@@ -6357,94 +6356,94 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>539069</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>602191</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -6536,244 +6535,244 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>548907</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>611637</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>506187</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>605844</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -6832,348 +6831,348 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>521252</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>549876</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>549879</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>549371</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>554255</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>571089</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>35233</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
@@ -7318,90 +7317,90 @@
       <x:c r="S98" s="14" t="n">
         <x:v>546970</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>587440</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>93</x:v>
@@ -7426,518 +7425,518 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>506453</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>605842</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>605848</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>605850</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>500540</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>549858</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>549875</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>496474</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>496609</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -7959,51 +7958,51 @@
       <x:c r="M109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>567801</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
@@ -8147,51 +8146,51 @@
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>585113</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>30</x:v>
@@ -8207,89 +8206,89 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>506450</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>510982</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
@@ -8367,54 +8366,54 @@
       <x:c r="I116" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>546737</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -8444,211 +8443,211 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>540804</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>554254</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>552073</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>571077</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>35233</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -8681,89 +8680,89 @@
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>591827</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>618249</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
@@ -8794,51 +8793,51 @@
       <x:c r="M123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>555931</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
@@ -8932,78 +8931,78 @@
         <x:v>521211</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>521201</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
@@ -9025,51 +9024,51 @@
       <x:c r="J127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>521209</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -9158,692 +9157,692 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>553410</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>611636</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>605845</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>549873</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>549874</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>549877</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>496476</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>496477</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>496605</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>496611</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>555759</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>588244</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>35233</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -10109,51 +10108,51 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>567922</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
@@ -10162,284 +10161,284 @@
       <x:c r="M146" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>552286</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>501163</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>548557</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>549598</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>603510</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
@@ -10449,112 +10448,112 @@
       <x:c r="J151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>596579</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>40675</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>34587</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>590100</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>