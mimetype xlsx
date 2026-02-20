--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -5729,480 +5729,480 @@
       <x:c r="K80" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>21576</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>570566</x:v>
+        <x:v>500416</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>37535</x:v>
+        <x:v>37602</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>21599</x:v>
+        <x:v>21576</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>570575</x:v>
+        <x:v>570566</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>38636</x:v>
+        <x:v>37535</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>21589</x:v>
+        <x:v>21599</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>604113</x:v>
+        <x:v>570575</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>37310</x:v>
+        <x:v>38636</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>21589</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>501899</x:v>
+        <x:v>604113</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>37535</x:v>
+        <x:v>37310</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>21599</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>553248</x:v>
+        <x:v>501899</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>37602</x:v>
+        <x:v>37535</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>21576</x:v>
+        <x:v>21599</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>599303</x:v>
+        <x:v>553248</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>37535</x:v>
+        <x:v>37602</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>21599</x:v>
+        <x:v>21576</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>609371</x:v>
+        <x:v>599303</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>37602</x:v>
+        <x:v>37535</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>21576</x:v>
+        <x:v>21599</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>500416</x:v>
+        <x:v>609371</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37535</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>35</x:v>