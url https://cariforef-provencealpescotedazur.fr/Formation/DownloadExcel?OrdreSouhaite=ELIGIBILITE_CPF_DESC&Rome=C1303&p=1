--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -404,90 +404,90 @@
   <x:si>
     <x:t>13453</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Consultant financier et patrimonial spécialisation manager en patrimoine immobilier financier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
+    <x:t>Igpepm - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
-    <x:t>09/25/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>expert en stratégie financière</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Difcam</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>consultant financier et patrimonial</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie patrimoniale</x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>master mention gestion de patrimoine</x:t>
   </x:si>
@@ -3615,1210 +3615,1210 @@
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>610191</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>591114</x:v>
+        <x:v>585441</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>573233</x:v>
+        <x:v>610176</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>585410</x:v>
+        <x:v>591114</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>573234</x:v>
+        <x:v>573233</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>573237</x:v>
+        <x:v>585410</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>598470</x:v>
+        <x:v>610175</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>598471</x:v>
+        <x:v>610198</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>585436</x:v>
+        <x:v>573234</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>610175</x:v>
+        <x:v>573237</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>610198</x:v>
+        <x:v>598470</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>585441</x:v>
+        <x:v>598471</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>610176</x:v>
+        <x:v>585436</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>610180</x:v>
+        <x:v>591112</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>610184</x:v>
+        <x:v>588031</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>610189</x:v>
+        <x:v>588034</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>591112</x:v>
+        <x:v>585428</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>588031</x:v>
+        <x:v>598464</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>588034</x:v>
+        <x:v>598473</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>585428</x:v>
+        <x:v>610180</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>598464</x:v>
+        <x:v>610184</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>598473</x:v>
+        <x:v>610189</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>41121</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -5002,566 +5002,566 @@
       <x:c r="K72" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>534946</x:v>
+        <x:v>534945</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>40177</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
+      <x:c r="E73" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>32602</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>615897</x:v>
+        <x:v>608420</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>35919</x:v>
+        <x:v>35077</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>101</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>498934</x:v>
+        <x:v>534946</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>35919</x:v>
+        <x:v>40177</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
-      <x:c r="E75" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>32602</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>568266</x:v>
+        <x:v>615897</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>35077</x:v>
+        <x:v>35919</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>108</x:v>
-[...1 lines deleted...]
-      <x:c r="H76" s="14" t="s"/>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>534945</x:v>
+        <x:v>498934</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>40177</x:v>
+        <x:v>35919</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>32602</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>608420</x:v>
+        <x:v>568266</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35077</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>550741</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35077</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>550742</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>41696</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>615947</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39112</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>596942</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>35919</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">