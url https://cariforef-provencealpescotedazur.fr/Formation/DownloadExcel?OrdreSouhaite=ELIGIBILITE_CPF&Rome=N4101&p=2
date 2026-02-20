--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -449,89 +449,89 @@
   <x:si>
     <x:t>Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>CARROS</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Saint Laurent du Var</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
+    <x:t>City'Pro Richard Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP conducteur routier de marchandises option livraisons de proximité</x:t>
   </x:si>
   <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Floride</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
-    <x:t>City'Pro Richard Formation</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel conducteur du transport routier de marchandises sur tous véhicules (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>12/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Vitrolles</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Gap - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
@@ -785,165 +785,165 @@
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie CE + Epreuve Théorique Générale du code (ETG)</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie C - CE - Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises (anciennement FIMO)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conducteur du transport routier de marchandises sur tous véhicules (Rattrapage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>APT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>APT</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/02/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie CE + Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises (anciennement FCO marchandises)</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>NEFFES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auto-Ecole Capitou</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANDELIEU-LA-NAPOULE</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
@@ -2737,563 +2737,565 @@
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>538766</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>39795</x:v>
+        <x:v>37894</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>31804</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>581134</x:v>
+        <x:v>548936</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>40995</x:v>
+        <x:v>37894</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>609389</x:v>
+        <x:v>548998</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>40995</x:v>
+        <x:v>39795</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>31807</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>602953</x:v>
+        <x:v>601308</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>40995</x:v>
+        <x:v>38559</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="Q26" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="R26" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="Q26" s="16" t="s">
+      <x:c r="S26" s="14" t="n">
+        <x:v>554193</x:v>
+      </x:c>
+      <x:c r="T26" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="R26" s="14" t="s">
+      <x:c r="U26" s="16" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>40995</x:v>
+        <x:v>39795</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>31807</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>592485</x:v>
+        <x:v>581134</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>37894</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>548936</x:v>
+        <x:v>609389</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>37894</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>31827</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>548998</x:v>
+        <x:v>602953</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>39795</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>31804</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>601308</x:v>
+        <x:v>592482</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38559</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>554193</x:v>
+        <x:v>592485</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38558</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G32" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>85</x:v>
@@ -3558,138 +3560,138 @@
       <x:c r="R36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>546315</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40706</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>592472</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>40706</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>592475</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4067,51 +4069,51 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>550598</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
@@ -4124,51 +4126,51 @@
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>592481</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31807</x:v>
@@ -5218,51 +5220,51 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>592477</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
@@ -5451,51 +5453,51 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>601310</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
@@ -5515,138 +5517,138 @@
       <x:c r="R70" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>592483</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>592486</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>592489</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38559</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -5948,51 +5950,51 @@
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>599820</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>105</x:v>
@@ -6224,51 +6226,51 @@
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>615048</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -6281,51 +6283,51 @@
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>559933</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>40</x:v>
@@ -6447,51 +6449,51 @@
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>610925</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>105</x:v>
@@ -6502,51 +6504,51 @@
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>585780</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>105</x:v>
@@ -6557,51 +6559,51 @@
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>608540</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -6726,51 +6728,51 @@
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>614266</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>105</x:v>
@@ -6836,51 +6838,51 @@
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>613287</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
@@ -6888,51 +6890,51 @@
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>599809</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -7057,91 +7059,91 @@
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>612756</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>615294</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
@@ -7236,82 +7238,82 @@
       <x:c r="R101" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>601217</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>611940</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>56</x:v>
@@ -7328,51 +7330,51 @@
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>586526</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>105</x:v>
@@ -7383,51 +7385,51 @@
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>586529</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
@@ -7435,51 +7437,51 @@
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>586538</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -7492,51 +7494,51 @@
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>600778</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
@@ -7544,51 +7546,51 @@
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>599823</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -7601,51 +7603,51 @@
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>559904</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>105</x:v>
@@ -7713,51 +7715,51 @@
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>609821</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7770,51 +7772,51 @@
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>598673</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>105</x:v>
@@ -7825,669 +7827,669 @@
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>615406</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>601202</x:v>
+        <x:v>602702</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>601214</x:v>
+        <x:v>602722</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>602702</x:v>
+        <x:v>611283</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>602722</x:v>
+        <x:v>600534</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>187</x:v>
-[...1 lines deleted...]
-      <x:c r="C117" s="3" t="s"/>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C117" s="3" t="n">
+        <x:v>39795</x:v>
+      </x:c>
       <x:c r="D117" s="3" t="s"/>
+      <x:c r="E117" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F117" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>611283</x:v>
+        <x:v>580451</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>600534</x:v>
+        <x:v>557353</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
-      <x:c r="E119" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>580451</x:v>
+        <x:v>601215</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>557353</x:v>
+        <x:v>538731</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>178</x:v>
-[...2 lines deleted...]
-        <x:v>179</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>601215</x:v>
+        <x:v>538735</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>118</x:v>
-[...1 lines deleted...]
-      <x:c r="H122" s="14" t="s"/>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s">
+        <x:v>179</x:v>
+      </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>538731</x:v>
+        <x:v>601202</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>538735</x:v>
+        <x:v>601214</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -8620,321 +8622,322 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>584731</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>584732</x:v>
+        <x:v>584735</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="U127" s="4" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>584735</x:v>
+        <x:v>584749</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>584749</x:v>
+        <x:v>584750</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>187</x:v>
-[...1 lines deleted...]
-      <x:c r="C130" s="15" t="s"/>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C130" s="15" t="n">
+        <x:v>39795</x:v>
+      </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>584750</x:v>
+        <x:v>583171</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>583171</x:v>
+        <x:v>584732</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="U131" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>105</x:v>
@@ -8945,51 +8948,51 @@
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>599808</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>105</x:v>
@@ -9057,51 +9060,51 @@
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>584729</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>197</x:v>
@@ -9169,51 +9172,51 @@
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>588394</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>105</x:v>
@@ -9279,1118 +9282,1118 @@
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>585774</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>602716</x:v>
+        <x:v>602701</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>134</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>611941</x:v>
+        <x:v>602720</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>600577</x:v>
+        <x:v>600472</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>602701</x:v>
+        <x:v>600484</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>226</x:v>
-[...1 lines deleted...]
-      <x:c r="C143" s="3" t="s"/>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C143" s="3" t="n">
+        <x:v>39795</x:v>
+      </x:c>
       <x:c r="D143" s="3" t="s"/>
+      <x:c r="E143" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F143" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>602720</x:v>
+        <x:v>612360</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>600472</x:v>
+        <x:v>585773</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>600484</x:v>
+        <x:v>611514</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
-      <x:c r="E146" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E146" s="14" t="s"/>
+      <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>612360</x:v>
+        <x:v>608546</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>601206</x:v>
+        <x:v>612846</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>601209</x:v>
+        <x:v>612850</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>585773</x:v>
+        <x:v>614265</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>187</x:v>
-[...1 lines deleted...]
-      <x:c r="C150" s="15" t="s"/>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C150" s="15" t="n">
+        <x:v>39795</x:v>
+      </x:c>
       <x:c r="D150" s="15" t="s"/>
-      <x:c r="E150" s="14" t="s"/>
-      <x:c r="F150" s="14" t="s"/>
+      <x:c r="E150" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F150" s="14" t="s">
+        <x:v>174</x:v>
+      </x:c>
       <x:c r="G150" s="14" t="s">
-        <x:v>55</x:v>
-[...1 lines deleted...]
-      <x:c r="H150" s="14" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>611514</x:v>
+        <x:v>612357</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>608546</x:v>
+        <x:v>602716</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>612846</x:v>
+        <x:v>611941</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>612850</x:v>
+        <x:v>600577</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>614265</x:v>
+        <x:v>584752</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
-      <x:c r="E155" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>612357</x:v>
+        <x:v>607209</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>584752</x:v>
+        <x:v>601206</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="R157" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="S157" s="0" t="n">
+        <x:v>601209</x:v>
+      </x:c>
+      <x:c r="T157" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="R157" s="0" t="s">
+      <x:c r="U157" s="4" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>105</x:v>
@@ -10737,51 +10740,51 @@
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>602704</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>105</x:v>
@@ -10792,51 +10795,51 @@
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>611287</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -10849,51 +10852,51 @@
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>611289</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>105</x:v>
@@ -10904,51 +10907,51 @@
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>600481</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -10961,51 +10964,51 @@
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>616835</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>105</x:v>
@@ -11016,51 +11019,51 @@
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>600576</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -11195,51 +11198,51 @@
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>601535</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -11317,51 +11320,51 @@
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>599160</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11374,51 +11377,51 @@
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>617900</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>105</x:v>
@@ -11538,94 +11541,94 @@
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>615210</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>615293</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -11636,51 +11639,51 @@
       <x:c r="J180" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>611513</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>56</x:v>
@@ -11697,51 +11700,51 @@
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>586528</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>105</x:v>
@@ -11752,51 +11755,51 @@
       <x:c r="M182" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>613158</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>105</x:v>
@@ -11916,54 +11919,54 @@
       <x:c r="L185" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>584723</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -11976,51 +11979,51 @@
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>584724</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>105</x:v>
@@ -12028,54 +12031,54 @@
       <x:c r="L187" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>584726</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -12197,54 +12200,54 @@
       <x:c r="L190" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>584738</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>197</x:v>
@@ -12437,90 +12440,90 @@
         <x:v>191</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>584753</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>607211</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -12533,51 +12536,51 @@
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>612755</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>105</x:v>
@@ -12588,51 +12591,51 @@
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>612849</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>105</x:v>
@@ -12643,51 +12646,51 @@
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>615049</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>