--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -395,66 +395,66 @@
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Thermicien infrarouge sol et drone</x:t>
   </x:si>
   <x:si>
     <x:t>Thermographie</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>Pilotage drone, prise de vues - Initial</x:t>
   </x:si>
   <x:si>
     <x:t>By-Drone</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école de l'air et de l'espace</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construction aérospatiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pilote de ligne (Air transport pilot licence - ATPL - avion et hélicoptère)</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fly Provence</x:t>
   </x:si>
@@ -2241,205 +2241,205 @@
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>610185</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C24" s="15" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="n">
+        <x:v>41498</x:v>
+      </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="J24" s="14" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="J24" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>31862</x:v>
+        <x:v>23624</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>568132</x:v>
+        <x:v>596835</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31862</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>548630</x:v>
+        <x:v>568132</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>110</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>23624</x:v>
+        <x:v>31862</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596835</x:v>
+        <x:v>548630</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>36</x:v>