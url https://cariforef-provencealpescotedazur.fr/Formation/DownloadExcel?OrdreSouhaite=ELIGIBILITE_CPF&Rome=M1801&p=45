--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -2207,396 +2207,396 @@
   <x:si>
     <x:t>Cybersécurité  Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Développement web et web mobile - module 1</x:t>
   </x:si>
   <x:si>
     <x:t>Développement web et web mobile - module 2</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Product owner</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Proxmox haute disponibilité et clustering</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Général et Technologique Louis Pasquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - infrastructure et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - IA &amp; DATA (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée M Curie</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers des réseaux informatiques et télécommunications</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
+    <x:t>COGOLIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien datacenter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère Européen informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>COGOLIN</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Expert en architecture des systèmes d’information</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité informatique</x:t>
   </x:si>
   <x:si>
+    <x:t>Administrateur réseau</x:t>
+  </x:si>
+  <x:si>
     <x:t>Administrateur Système Linux Red Hat</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Administrateur réseau</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>bachelor cybersécurité et administrateur réseau</x:t>
   </x:si>
   <x:si>
+    <x:t>Administrateur systèmes et réseaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARIGNANE</x:t>
-[...5 lines deleted...]
-    <x:t>Lycée A Artaud</x:t>
+    <x:t>Lycée T Aubanel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Dumont d'Urville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers de l'informatique : administration et sécurité des systèmes et des réseaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Line Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administration Systèmes Microsoft</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée T Aubanel</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>Saas</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture système information</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur système DevOps</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
+    <x:t>Training Expert Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Administrateur réseau NetOps</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours Internet of Things</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
+    <x:t>CS - Certificat de spécialisation Cybersécurité (ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud|Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur systèmes, réseaux et cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CS - Certificat de spécialisation Cybersécurité (ex Mention Complémentaire)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan|Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC01 Administrer et sécuriser les infrastructures</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours mathématiques-informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours  intelligence artificielle et apprentissage automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours science et ingénierie des données</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor en sciences et ingénierie - cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Supérieur de l’Électronique et du Numérique - Toulon - Yncréa Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité télécommunication</x:t>
   </x:si>
   <x:si>
-    <x:t>Training Expert Management</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie informatique des données</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du décisionnel et de la statistique parcours informatique décisionnelle, statistiques et big data</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention métiers des réseaux informatiques et télécommunications parcours réseau sans fil et haut débit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours métiers du développement informatique</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur intégrateur d'infrastructures informatiques (systèmes et réseaux, applicatives, ou de sécurité) (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours informatique et mathématiques discrètes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours architecture des réseaux et cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management des systèmes d'information parcours management des systèmes d'information, conseil et transformation digitale</x:t>
   </x:si>
@@ -28119,491 +28119,473 @@
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>578567</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>329</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>410</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>595547</x:v>
+        <x:v>615203</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>595549</x:v>
+        <x:v>543714</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>329</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>297</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>595550</x:v>
+        <x:v>615208</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
-      <x:c r="E453" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>549737</x:v>
+        <x:v>509807</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
-        <x:v>39586</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
-      <x:c r="E454" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>549757</x:v>
+        <x:v>595547</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
-      <x:c r="E455" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>549760</x:v>
+        <x:v>595549</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
-      <x:c r="E456" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>535305</x:v>
+        <x:v>595550</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="Q457" s="4" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="R457" s="0" t="s">
         <x:v>715</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>717</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>595553</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
@@ -28759,78 +28741,78 @@
       <x:c r="S460" s="14" t="n">
         <x:v>600666</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>552108</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
@@ -29082,51 +29064,51 @@
       <x:c r="I466" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>720</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>608109</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
@@ -29195,54 +29177,54 @@
         <x:v>111</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>558745</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
@@ -29264,51 +29246,51 @@
       <x:c r="L469" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>601936</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
@@ -29661,51 +29643,51 @@
         <x:v>268</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>549510</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
@@ -29777,51 +29759,51 @@
         <x:v>268</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>549513</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
@@ -29962,54 +29944,54 @@
       <x:c r="L481" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>509531</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
@@ -30021,51 +30003,51 @@
       <x:c r="L482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>509830</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -30503,1266 +30485,1286 @@
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>503861</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
+      <x:c r="E491" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="H491" s="0" t="s">
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>592082</x:v>
+        <x:v>607855</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>336</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>607855</x:v>
+        <x:v>549737</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>685</x:v>
-[...1 lines deleted...]
-      <x:c r="C493" s="3" t="s"/>
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="C493" s="3" t="n">
+        <x:v>39586</x:v>
+      </x:c>
       <x:c r="D493" s="3" t="s"/>
+      <x:c r="E493" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="J493" s="0" t="s">
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>592936</x:v>
+        <x:v>549757</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="C494" s="15" t="s"/>
+      <x:c r="C494" s="15" t="n">
+        <x:v>39586</x:v>
+      </x:c>
       <x:c r="D494" s="15" t="s"/>
-      <x:c r="E494" s="14" t="s"/>
+      <x:c r="E494" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>398</x:v>
-[...1 lines deleted...]
-      <x:c r="J494" s="14" t="s"/>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="J494" s="14" t="s">
+        <x:v>274</x:v>
+      </x:c>
       <x:c r="K494" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>615203</x:v>
+        <x:v>549760</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
+      <x:c r="E495" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>543714</x:v>
+        <x:v>535305</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>615208</x:v>
+        <x:v>592936</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>309</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>380</x:v>
-[...2 lines deleted...]
-        <x:v>94</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>509807</x:v>
+        <x:v>505180</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>505180</x:v>
+        <x:v>587046</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>624</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>587046</x:v>
+        <x:v>587054</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>171</x:v>
-[...1 lines deleted...]
-      <x:c r="C500" s="15" t="s"/>
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C500" s="15" t="n">
+        <x:v>40116</x:v>
+      </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
-        <x:v>173</x:v>
-[...1 lines deleted...]
-      <x:c r="J500" s="14" t="s"/>
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="J500" s="14" t="s">
+        <x:v>194</x:v>
+      </x:c>
       <x:c r="K500" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>587054</x:v>
+        <x:v>592356</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>40123</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>592356</x:v>
+        <x:v>592366</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
-        <x:v>40123</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>592366</x:v>
+        <x:v>595879</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>595879</x:v>
+        <x:v>595888</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>320</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="C504" s="15" t="s"/>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
-        <x:v>244</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="J504" s="14" t="s"/>
       <x:c r="K504" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>595888</x:v>
+        <x:v>594656</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C505" s="3" t="s"/>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>594656</x:v>
+        <x:v>615461</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C506" s="15" t="s"/>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s"/>
       <x:c r="K506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>510084</x:v>
+        <x:v>615473</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>734</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C507" s="3" t="s"/>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
-        <x:v>226</x:v>
-[...2 lines deleted...]
-        <x:v>227</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>523237</x:v>
+        <x:v>615479</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C508" s="15" t="s"/>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>615461</x:v>
+        <x:v>615482</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>615473</x:v>
+        <x:v>600777</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>121</x:v>
-[...1 lines deleted...]
-      <x:c r="C510" s="15" t="s"/>
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C510" s="15" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="J510" s="14" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="J510" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>615479</x:v>
+        <x:v>497070</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>121</x:v>
-[...1 lines deleted...]
-      <x:c r="C511" s="3" t="s"/>
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C511" s="3" t="n">
+        <x:v>39278</x:v>
+      </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="J511" s="0" t="s">
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>615482</x:v>
+        <x:v>592082</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>600777</x:v>
+        <x:v>510084</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>738</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>707</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>329</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="H513" s="0" t="s">
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-        <x:v>94</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>497070</x:v>
+        <x:v>523237</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
@@ -31894,806 +31896,806 @@
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>595755</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>557983</x:v>
+        <x:v>605005</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s"/>
       <x:c r="K518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>576616</x:v>
+        <x:v>605009</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>743</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>744</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C519" s="3" t="s"/>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>576627</x:v>
+        <x:v>605018</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C520" s="15" t="s"/>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s"/>
       <x:c r="K520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>605005</x:v>
+        <x:v>605022</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>605009</x:v>
+        <x:v>605029</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C522" s="15" t="s"/>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s"/>
       <x:c r="K522" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>605018</x:v>
+        <x:v>605038</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>605022</x:v>
+        <x:v>605041</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C524" s="15" t="s"/>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s"/>
       <x:c r="K524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>605029</x:v>
+        <x:v>605043</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C525" s="3" t="s"/>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>605038</x:v>
+        <x:v>605046</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C526" s="15" t="s"/>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s"/>
       <x:c r="K526" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>605041</x:v>
+        <x:v>568721</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C527" s="3" t="s"/>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>605043</x:v>
+        <x:v>568724</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C528" s="15" t="s"/>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s"/>
       <x:c r="K528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>605046</x:v>
+        <x:v>542240</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C529" s="3" t="s"/>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>568721</x:v>
+        <x:v>557983</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C530" s="15" t="s"/>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s"/>
       <x:c r="K530" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>568724</x:v>
+        <x:v>576616</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C531" s="3" t="s"/>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>542240</x:v>
+        <x:v>576627</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C532" s="15" t="s"/>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s"/>
       <x:c r="K532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
@@ -32867,160 +32869,157 @@
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>592198</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35093</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>595544</x:v>
+        <x:v>553578</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
-        <x:v>36462</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
-      <x:c r="E537" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>608683</x:v>
+        <x:v>595544</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>751</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
@@ -33040,3945 +33039,3948 @@
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>535085</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C539" s="3" t="s"/>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>615454</x:v>
+        <x:v>592937</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s"/>
       <x:c r="K540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>615460</x:v>
+        <x:v>615454</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>615472</x:v>
+        <x:v>615460</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C542" s="15" t="s"/>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s"/>
       <x:c r="K542" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>615477</x:v>
+        <x:v>615472</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C543" s="3" t="s"/>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>615481</x:v>
+        <x:v>615477</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>753</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
-        <x:v>358</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="J544" s="14" t="s"/>
       <x:c r="K544" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>596799</x:v>
+        <x:v>615481</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>35457</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>592079</x:v>
+        <x:v>596799</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>544706</x:v>
+        <x:v>592079</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>685</x:v>
-[...1 lines deleted...]
-      <x:c r="C547" s="3" t="s"/>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C547" s="3" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="J547" s="0" t="s">
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>592937</x:v>
+        <x:v>544706</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C548" s="15" t="s"/>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="H548" s="14" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H548" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="I548" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s"/>
       <x:c r="K548" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>46343</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>584584</x:v>
+        <x:v>611787</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>755</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>739</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C549" s="3" t="s"/>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-        <x:v>274</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>606189</x:v>
+        <x:v>576614</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s"/>
       <x:c r="K550" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>611741</x:v>
+        <x:v>576618</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>309</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C551" s="3" t="s"/>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-        <x:v>92</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>94</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>606243</x:v>
+        <x:v>576626</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>320</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C552" s="15" t="s"/>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>758</x:v>
-[...1 lines deleted...]
-      <x:c r="H552" s="14" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H552" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="I552" s="16" t="s">
-        <x:v>759</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J552" s="14" t="s"/>
       <x:c r="K552" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>46343</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>758</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="R552" s="14" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="S552" s="14" t="n">
+        <x:v>611845</x:v>
+      </x:c>
+      <x:c r="T552" s="16" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="R552" s="14" t="s">
+      <x:c r="U552" s="16" t="s">
         <x:v>760</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C553" s="3" t="s"/>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>762</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>762</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>594657</x:v>
+        <x:v>584582</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>763</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C554" s="15" t="s"/>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
-        <x:v>391</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="J554" s="14" t="s"/>
       <x:c r="K554" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>553578</x:v>
+        <x:v>520242</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
-        <x:v>38779</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
-      <x:c r="E555" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H555" s="0" t="s">
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>600221</x:v>
+        <x:v>606243</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>765</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
-      <x:c r="E556" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>554383</x:v>
+        <x:v>595880</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>310</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="C557" s="3" t="s"/>
       <x:c r="D557" s="3" t="s"/>
-      <x:c r="E557" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>94</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>600428</x:v>
+        <x:v>594657</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>620</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>605580</x:v>
+        <x:v>600221</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>605581</x:v>
+        <x:v>554383</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>611125</x:v>
+        <x:v>600428</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>36462</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="E561" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>552107</x:v>
+        <x:v>608683</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>497035</x:v>
+        <x:v>605580</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>502398</x:v>
+        <x:v>605581</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>545073</x:v>
+        <x:v>611125</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="E565" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>502702</x:v>
+        <x:v>552107</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>637</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
-        <x:v>35455</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>200</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>603429</x:v>
+        <x:v>497035</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>507234</x:v>
+        <x:v>502398</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>546837</x:v>
+        <x:v>545073</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
-        <x:v>37346</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>347</x:v>
-[...2 lines deleted...]
-        <x:v>344</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>556597</x:v>
+        <x:v>502702</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
-        <x:v>332</x:v>
-[...1 lines deleted...]
-      <x:c r="H570" s="14" t="s"/>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H570" s="14" t="s">
+        <x:v>201</x:v>
+      </x:c>
       <x:c r="I570" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>603560</x:v>
+        <x:v>603429</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>263</x:v>
-[...2 lines deleted...]
-        <x:v>264</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>608011</x:v>
+        <x:v>507234</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>603638</x:v>
+        <x:v>546837</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>37346</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="E573" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>558640</x:v>
+        <x:v>556597</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>601935</x:v>
+        <x:v>603560</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>722</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H575" s="0" t="s">
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
-        <x:v>604928</x:v>
+        <x:v>608011</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
-        <x:v>515619</x:v>
+        <x:v>603638</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="E577" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H577" s="0" t="s">
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>605053</x:v>
+        <x:v>558640</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
-        <x:v>39586</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>605086</x:v>
+        <x:v>601935</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="E579" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>550690</x:v>
+        <x:v>604928</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>550733</x:v>
+        <x:v>515619</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="E581" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>550738</x:v>
+        <x:v>605053</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>614344</x:v>
+        <x:v>605086</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="E583" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>555057</x:v>
+        <x:v>550690</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>766</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
-        <x:v>40102</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
-        <x:v>91</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
-        <x:v>720</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
-        <x:v>614634</x:v>
+        <x:v>550733</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="E585" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
-        <x:v>549514</x:v>
+        <x:v>550738</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
-        <x:v>767</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
-        <x:v>768</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
-        <x:v>767</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
-        <x:v>768</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
-        <x:v>498292</x:v>
+        <x:v>614344</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="E587" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
-        <x:v>588357</x:v>
+        <x:v>555057</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>40102</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
-        <x:v>327</x:v>
-[...1 lines deleted...]
-      <x:c r="H588" s="14" t="s"/>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H588" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="I588" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
-        <x:v>549018</x:v>
+        <x:v>614634</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="E589" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
-        <x:v>552918</x:v>
+        <x:v>549514</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
-        <x:v>91</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
-        <x:v>556375</x:v>
+        <x:v>498292</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="E591" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
-        <x:v>546521</x:v>
+        <x:v>588357</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
-        <x:v>302</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
-        <x:v>546712</x:v>
+        <x:v>549018</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
-        <x:v>38779</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="E593" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>601256</x:v>
+        <x:v>552918</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="C594" s="15" t="s"/>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C594" s="15" t="n">
+        <x:v>40792</x:v>
+      </x:c>
       <x:c r="D594" s="15" t="s"/>
-      <x:c r="E594" s="14" t="s"/>
+      <x:c r="E594" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I594" s="16" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="J594" s="14" t="s"/>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="J594" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
       <x:c r="K594" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
-        <x:v>46343</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
-        <x:v>611787</x:v>
+        <x:v>556375</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
-        <x:v>770</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>136</x:v>
-[...1 lines deleted...]
-      <x:c r="C595" s="3" t="s"/>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C595" s="3" t="n">
+        <x:v>40792</x:v>
+      </x:c>
       <x:c r="D595" s="3" t="s"/>
+      <x:c r="E595" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="G595" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="J595" s="0" t="s">
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
-        <x:v>576614</x:v>
+        <x:v>546521</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
-        <x:v>136</x:v>
-[...1 lines deleted...]
-      <x:c r="C596" s="15" t="s"/>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C596" s="15" t="n">
+        <x:v>40792</x:v>
+      </x:c>
       <x:c r="D596" s="15" t="s"/>
-      <x:c r="E596" s="14" t="s"/>
+      <x:c r="E596" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="H596" s="14" t="s"/>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H596" s="14" t="s">
+        <x:v>303</x:v>
+      </x:c>
       <x:c r="I596" s="16" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="J596" s="14" t="s"/>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="J596" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
       <x:c r="K596" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
-        <x:v>576618</x:v>
+        <x:v>546712</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
-        <x:v>771</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>772</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>131</x:v>
-[...1 lines deleted...]
-      <x:c r="C597" s="3" t="s"/>
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="C597" s="3" t="n">
+        <x:v>38779</x:v>
+      </x:c>
       <x:c r="D597" s="3" t="s"/>
+      <x:c r="E597" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="G597" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="J597" s="0" t="s">
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>576626</x:v>
+        <x:v>601256</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>772</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C598" s="15" t="s"/>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s"/>
       <x:c r="K598" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
-        <x:v>46343</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>611845</x:v>
+        <x:v>605001</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>774</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
-        <x:v>775</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C599" s="3" t="s"/>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
-        <x:v>584582</x:v>
+        <x:v>605019</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C600" s="15" t="s"/>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s"/>
       <x:c r="K600" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
-        <x:v>520242</x:v>
+        <x:v>605025</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
-        <x:v>751</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C601" s="3" t="s"/>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
-        <x:v>605001</x:v>
+        <x:v>605028</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C602" s="15" t="s"/>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s"/>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s"/>
       <x:c r="I602" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s"/>
       <x:c r="K602" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
-        <x:v>605019</x:v>
+        <x:v>605033</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C603" s="3" t="s"/>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="G603" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
-        <x:v>605025</x:v>
+        <x:v>605037</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C604" s="15" t="s"/>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s"/>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s"/>
       <x:c r="K604" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>736</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
-        <x:v>605028</x:v>
+        <x:v>605047</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C605" s="3" t="s"/>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="G605" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
-        <x:v>605033</x:v>
+        <x:v>617896</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C606" s="15" t="s"/>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s"/>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s"/>
       <x:c r="K606" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
-        <x:v>605037</x:v>
+        <x:v>584584</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>121</x:v>
-[...1 lines deleted...]
-      <x:c r="C607" s="3" t="s"/>
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="C607" s="3" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="G607" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="J607" s="0" t="s">
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
-        <x:v>605047</x:v>
+        <x:v>606189</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C608" s="15" t="s"/>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s"/>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H608" s="14" t="s"/>
       <x:c r="I608" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s"/>
       <x:c r="K608" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
-        <x:v>617896</x:v>
+        <x:v>611741</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="U608" s="16" t="s">
         <x:v>777</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C609" s="3" t="s"/>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="G609" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>39</x:v>
@@ -37093,51 +37095,51 @@
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>542414</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C612" s="15" t="s"/>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s"/>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s"/>
       <x:c r="I612" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s"/>
       <x:c r="K612" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
@@ -37304,273 +37306,275 @@
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
         <x:v>559218</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
-        <x:v>782</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
-        <x:v>36163</x:v>
+        <x:v>36061</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s"/>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="H616" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
-      <x:c r="H616" s="14" t="s">
+      <x:c r="I616" s="16" t="s">
         <x:v>784</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>595</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>30812</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
-        <x:v>783</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>548074</x:v>
+        <x:v>613589</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="U616" s="16" t="s">
         <x:v>786</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
-        <x:v>38997</x:v>
+        <x:v>36163</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="G617" s="0" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="H617" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
-      <x:c r="H617" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I617" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
-        <x:v>24237</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="Q617" s="4" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="R617" s="0" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="S617" s="0" t="n">
+        <x:v>548074</x:v>
+      </x:c>
+      <x:c r="T617" s="4" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="Q617" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U617" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>792</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
-        <x:v>792</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
-        <x:v>438</x:v>
-[...1 lines deleted...]
-      <x:c r="H618" s="14" t="s"/>
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="H618" s="14" t="s">
+        <x:v>795</x:v>
+      </x:c>
       <x:c r="I618" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
-        <x:v>598485</x:v>
+        <x:v>574995</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
-        <x:v>40356</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
-        <x:v>580622</x:v>
+        <x:v>608352</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I620" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
@@ -37579,683 +37583,681 @@
       <x:c r="K620" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
-        <x:v>608352</x:v>
+        <x:v>517234</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-        <x:v>92</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
-        <x:v>517234</x:v>
+        <x:v>598485</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
-        <x:v>780</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
-        <x:v>36061</x:v>
+        <x:v>40356</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
-        <x:v>798</x:v>
-[...1 lines deleted...]
-      <x:c r="H622" s="14" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H622" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="I622" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K622" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
-        <x:v>30812</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
-        <x:v>617583</x:v>
+        <x:v>580622</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>775</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
-        <x:v>581515</x:v>
+        <x:v>558379</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
-        <x:v>38997</x:v>
+        <x:v>36061</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
-        <x:v>789</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
-        <x:v>24237</x:v>
+        <x:v>30812</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>581573</x:v>
+        <x:v>617583</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="G625" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>558379</x:v>
+        <x:v>581515</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
-        <x:v>782</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
-        <x:v>36163</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s"/>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
-        <x:v>783</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s">
-        <x:v>784</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I626" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K626" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
-        <x:v>783</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
-        <x:v>785</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
-        <x:v>540355</x:v>
+        <x:v>581573</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
-        <x:v>802</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
-        <x:v>803</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>36163</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="H627" s="0" t="s">
+        <x:v>789</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>607296</x:v>
+        <x:v>540355</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s"/>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
-        <x:v>789</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>574911</x:v>
+        <x:v>607296</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
-        <x:v>574955</x:v>
+        <x:v>574911</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I630" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K630" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
-        <x:v>574960</x:v>
+        <x:v>574955</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
-        <x:v>40744</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="G631" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
-        <x:v>24293</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>599305</x:v>
+        <x:v>574960</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s"/>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
@@ -38333,443 +38335,443 @@
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>608142</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>780</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
-        <x:v>36061</x:v>
+        <x:v>40744</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="I634" s="16" t="s">
-        <x:v>816</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
-        <x:v>30812</x:v>
+        <x:v>24293</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
-        <x:v>816</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
-        <x:v>817</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>613589</x:v>
+        <x:v>599305</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>818</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="H635" s="0" t="s">
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>545465</x:v>
+        <x:v>581220</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>780</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
-        <x:v>36061</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
-        <x:v>781</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K636" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
-        <x:v>30812</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
-        <x:v>781</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>578825</x:v>
+        <x:v>599724</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
-        <x:v>39490</x:v>
+        <x:v>40288</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="G637" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>581220</x:v>
+        <x:v>574942</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
-        <x:v>340</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>599724</x:v>
+        <x:v>545465</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
-        <x:v>40288</x:v>
+        <x:v>36061</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="G639" s="0" t="s">
-        <x:v>789</x:v>
-[...2 lines deleted...]
-        <x:v>790</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>30812</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>574942</x:v>
+        <x:v>578825</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
-        <x:v>782</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>36163</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I640" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
-        <x:v>785</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
         <x:v>539767</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
-        <x:v>802</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
-        <x:v>803</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="G641" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -38787,265 +38789,265 @@
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
         <x:v>538405</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
-        <x:v>823</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>588473</x:v>
+        <x:v>599461</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>824</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>40123</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>574913</x:v>
+        <x:v>575558</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s"/>
       <x:c r="I644" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
-        <x:v>599461</x:v>
+        <x:v>588473</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
-        <x:v>40123</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H645" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
-        <x:v>575558</x:v>
+        <x:v>574913</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
@@ -39186,51 +39188,51 @@
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
         <x:v>598484</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>24220</x:v>
@@ -39286,155 +39288,155 @@
       <x:c r="L650" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>606160</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
-        <x:v>722</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="G651" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>574909</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s"/>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I652" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K652" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
         <x:v>574958</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
@@ -39531,113 +39533,113 @@
       <x:c r="R654" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
         <x:v>544705</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="G655" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>574994</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>35908</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s"/>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I656" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
         <x:v>836</x:v>
       </x:c>
@@ -39760,75 +39762,75 @@
       <x:c r="R658" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
         <x:v>608138</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="G659" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
         <x:v>616380</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
@@ -39907,51 +39909,51 @@
       <x:c r="L661" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
         <x:v>607298</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s"/>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H662" s="14" t="s"/>
       <x:c r="I662" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -40021,101 +40023,101 @@
       <x:c r="M663" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
         <x:v>599725</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
-        <x:v>782</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
         <x:v>36163</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s"/>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
-        <x:v>783</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H664" s="14" t="s">
-        <x:v>784</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="I664" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K664" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
-        <x:v>783</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
-        <x:v>785</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
         <x:v>540356</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="G665" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
@@ -40188,51 +40190,51 @@
       <x:c r="L666" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
         <x:v>607297</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
-        <x:v>805</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="G667" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -40262,144 +40264,144 @@
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>611791</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>38974</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I668" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
         <x:v>581344</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
         <x:v>599419</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s"/>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
@@ -40469,71 +40471,71 @@
       <x:c r="M671" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>588471</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I672" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>849</x:v>
       </x:c>
@@ -40543,54 +40545,54 @@
       <x:c r="R672" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>579573</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
@@ -40696,54 +40698,54 @@
       <x:c r="L675" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>580623</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I676" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s">
@@ -40829,141 +40831,141 @@
       </x:c>
       <x:c r="S677" s="0" t="n">
         <x:v>611774</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C678" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s">
-        <x:v>815</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="I678" s="16" t="s">
-        <x:v>816</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="J678" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K678" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
-        <x:v>816</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
-        <x:v>817</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
         <x:v>613587</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
-        <x:v>738</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>792</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
         <x:v>613588</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
         <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C680" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
@@ -41104,142 +41106,142 @@
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
         <x:v>578852</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
         <x:v>36163</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H683" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>547934</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>792</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s"/>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s"/>
       <x:c r="I684" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J684" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K684" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>616479</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
@@ -41489,212 +41491,212 @@
       <x:c r="M689" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
         <x:v>588470</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
-        <x:v>792</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C690" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s"/>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s"/>
       <x:c r="I690" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K690" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
         <x:v>588472</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
-        <x:v>824</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="G691" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
         <x:v>587738</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
         <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
-        <x:v>782</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>36163</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s"/>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I692" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K692" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
-        <x:v>785</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
         <x:v>539768</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="G693" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -41721,144 +41723,144 @@
       </x:c>
       <x:c r="P693" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
         <x:v>588537</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s"/>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H694" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I694" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
         <x:v>574912</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="G695" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H695" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
         <x:v>574959</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
@@ -41901,78 +41903,78 @@
       <x:c r="R696" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>559248</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
         <x:v>35476</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="G697" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H697" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
         <x:v>575979</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
@@ -41997,51 +41999,51 @@
       <x:c r="L698" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M698" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N698" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O698" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P698" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
         <x:v>606157</x:v>
       </x:c>
       <x:c r="T698" s="16" t="s">
-        <x:v>722</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="U698" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:21">
       <x:c r="A699" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C699" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D699" s="3" t="s"/>
       <x:c r="G699" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H699" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I699" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -42131,54 +42133,54 @@
       <x:c r="R700" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
         <x:v>588315</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="G701" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H701" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
@@ -42292,51 +42294,51 @@
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
         <x:v>538411</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
-        <x:v>823</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s"/>
       <x:c r="I704" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K704" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>39</x:v>
@@ -42412,135 +42414,135 @@
       </x:c>
       <x:c r="S705" s="0" t="n">
         <x:v>598486</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C706" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I706" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K706" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L706" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
         <x:v>574956</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H707" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J707" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
         <x:v>574957</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
@@ -42585,78 +42587,78 @@
       <x:c r="R708" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S708" s="14" t="n">
         <x:v>608137</x:v>
       </x:c>
       <x:c r="T708" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U708" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:21">
       <x:c r="A709" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C709" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D709" s="3" t="s"/>
       <x:c r="G709" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H709" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I709" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J709" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>575556</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
@@ -42699,78 +42701,78 @@
       <x:c r="R710" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
         <x:v>601772</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H711" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>574908</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
@@ -42800,75 +42802,75 @@
       <x:c r="M712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>588395</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
-        <x:v>771</x:v>
+        <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
         <x:v>581511</x:v>
       </x:c>
@@ -42902,51 +42904,51 @@
       <x:c r="J714" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K714" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
-        <x:v>817</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
         <x:v>543577</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -43096,54 +43098,54 @@
       </x:c>
       <x:c r="S717" s="0" t="n">
         <x:v>615692</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="C718" s="15" t="n">
         <x:v>35922</x:v>
       </x:c>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s"/>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I718" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K718" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M718" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N718" s="15" t="n">
         <x:v>13133</x:v>
       </x:c>
       <x:c r="O718" s="14" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
         <x:v>836</x:v>
       </x:c>