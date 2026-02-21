--- v1 (2026-02-21)
+++ v2 (2026-02-21)
@@ -1496,116 +1496,116 @@
   <x:si>
     <x:t>13124</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat</x:t>
   </x:si>
   <x:si>
     <x:t>PEYPIN</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Outlook Maîtriser la gestion des emails professionnels</x:t>
   </x:si>
   <x:si>
+    <x:t>Provence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provence Formation - Lycée Professionnel Edmond Rostand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Simone Veil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée L Pasteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Jean Moulin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Bonaparte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFAPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Pagnol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent du Sacré-Coeur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Parc Impérial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée F Esclangon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crc</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Provence Formation</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>LP M France</x:t>
   </x:si>
   <x:si>
     <x:t>LP F Mistral</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>LP Colbert</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 07</x:t>
   </x:si>
   <x:si>
     <x:t>LP E Rostand</x:t>
@@ -1622,212 +1622,212 @@
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>ARVIEUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOURMARIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Saint-Louis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St Louis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Ch Péguy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Bristol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée H Daumier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée I Dauphin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAVAILLON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée F Joliot Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Ste-Marie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP la Coudoulière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Magnan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Maintenon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Ste-Marie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Exupéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Briand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Coudon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Word - perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Rimbaud</x:t>
   </x:si>
   <x:si>
     <x:t>13808</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>AEP Saint Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 13ème</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ARVIEUX</x:t>
-[...112 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
@@ -2591,123 +2591,123 @@
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chargé d'accueil et de gestion administrative (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Cf</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Capacité en droit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform|Groupe Someform - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel secrétaire assistant (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant juridique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Someform|Groupe Someform - Antenne La Garde</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>01/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/14/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Comprendre Apprendre Pratiquer Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CAP FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CCP2 Traiter les opérations administratives liées à la gestion commerciale et aux Ressources Humaines - TP Secrétaire Assistant</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/24/2027 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>Handicapé</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
@@ -17450,877 +17450,874 @@
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>614947</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="C268" s="15" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C268" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s"/>
+      <x:c r="E268" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="J268" s="14" t="s"/>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J268" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>584330</x:v>
+        <x:v>553839</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>553839</x:v>
+        <x:v>602112</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>36390</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>438</x:v>
-[...1 lines deleted...]
-      <x:c r="H270" s="14" t="s"/>
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="H270" s="14" t="s">
+        <x:v>399</x:v>
+      </x:c>
       <x:c r="I270" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35004</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>602112</x:v>
+        <x:v>601920</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>397</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
-      <x:c r="E271" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>398</x:v>
-[...2 lines deleted...]
-        <x:v>399</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>35004</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>601920</x:v>
+        <x:v>594433</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="Q272" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="Q272" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>594433</x:v>
+        <x:v>594437</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>594437</x:v>
+        <x:v>594443</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>594443</x:v>
+        <x:v>594449</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>594449</x:v>
+        <x:v>594455</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>261</x:v>
-[...1 lines deleted...]
-      <x:c r="C276" s="15" t="s"/>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C276" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D276" s="15" t="s"/>
-      <x:c r="E276" s="14" t="s"/>
+      <x:c r="E276" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="H276" s="14" t="s"/>
+      <x:c r="H276" s="14" t="s">
+        <x:v>485</x:v>
+      </x:c>
       <x:c r="I276" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>594455</x:v>
+        <x:v>601981</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>249</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
-      <x:c r="E277" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="H277" s="0" t="s">
+      <x:c r="I277" s="4" t="s">
         <x:v>487</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>601981</x:v>
+        <x:v>594472</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>594472</x:v>
+        <x:v>594473</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>594473</x:v>
+        <x:v>594475</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="Q280" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="Q280" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>594475</x:v>
+        <x:v>594478</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>261</x:v>
-[...1 lines deleted...]
-      <x:c r="C281" s="3" t="s"/>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C281" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D281" s="3" t="s"/>
+      <x:c r="E281" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>594478</x:v>
+        <x:v>609212</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>249</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
-      <x:c r="E282" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>240</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="Q282" s="16" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="R282" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="S282" s="14" t="n">
+        <x:v>584330</x:v>
+      </x:c>
+      <x:c r="T282" s="16" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="U282" s="16" t="s">
         <x:v>496</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18947,51 +18944,51 @@
       <x:c r="I294" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>547506</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
@@ -19313,4599 +19310,4603 @@
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>603604</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>313</x:v>
-[...2 lines deleted...]
-        <x:v>314</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>534255</x:v>
+        <x:v>605298</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>519</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>594492</x:v>
+        <x:v>605310</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
-      <x:c r="E303" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>95</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>609461</x:v>
+        <x:v>605328</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>221</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
-      <x:c r="E304" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>284</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>552161</x:v>
+        <x:v>612519</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
-      <x:c r="E305" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>552417</x:v>
+        <x:v>612533</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>316</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>317</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
-      <x:c r="E306" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>318</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>320</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>570736</x:v>
+        <x:v>612561</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
-      <x:c r="E307" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>35006</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>499254</x:v>
+        <x:v>612602</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
-      <x:c r="E308" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>553188</x:v>
+        <x:v>612638</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>221</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
-      <x:c r="E309" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>603603</x:v>
+        <x:v>616638</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
-      <x:c r="E310" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>63</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>35006</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>603606</x:v>
+        <x:v>616670</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>38625</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
-      <x:c r="E311" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>222</x:v>
-[...2 lines deleted...]
-        <x:v>223</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>608429</x:v>
+        <x:v>595267</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>249</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
-      <x:c r="E312" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>483</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>601695</x:v>
+        <x:v>615465</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>221</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
-      <x:c r="E313" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>284</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>601783</x:v>
+        <x:v>615471</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>221</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
-      <x:c r="E314" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>284</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>601784</x:v>
+        <x:v>615476</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>391</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
-      <x:c r="E315" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>319</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>320</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>610278</x:v>
+        <x:v>615480</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>249</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
-      <x:c r="E316" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>300</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>588261</x:v>
+        <x:v>615485</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
-      <x:c r="E317" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>607452</x:v>
+        <x:v>615490</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
-      <x:c r="E318" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>94</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>557204</x:v>
+        <x:v>615492</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>615547</x:v>
+        <x:v>615497</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>605298</x:v>
+        <x:v>615502</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C321" s="3" t="s"/>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C321" s="3" t="n">
+        <x:v>41239</x:v>
+      </x:c>
       <x:c r="D321" s="3" t="s"/>
+      <x:c r="E321" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J321" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>605310</x:v>
+        <x:v>608525</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J322" s="14" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="J322" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K322" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>605328</x:v>
+        <x:v>594447</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="J323" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>612519</x:v>
+        <x:v>594452</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>204</x:v>
-[...1 lines deleted...]
-      <x:c r="J324" s="14" t="s"/>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J324" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K324" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>612533</x:v>
+        <x:v>594462</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="J325" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>612561</x:v>
+        <x:v>594468</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>204</x:v>
-[...1 lines deleted...]
-      <x:c r="J326" s="14" t="s"/>
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="J326" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K326" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>612602</x:v>
+        <x:v>594469</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="J327" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>612638</x:v>
+        <x:v>594487</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>616638</x:v>
+        <x:v>615525</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>616670</x:v>
+        <x:v>615547</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>536</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>595267</x:v>
+        <x:v>615550</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>71203</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>615465</x:v>
+        <x:v>614944</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>344</x:v>
-[...1 lines deleted...]
-      <x:c r="C332" s="15" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C332" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J332" s="14" t="s"/>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="J332" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>615471</x:v>
+        <x:v>595275</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>344</x:v>
-[...1 lines deleted...]
-      <x:c r="C333" s="3" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C333" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J333" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>615476</x:v>
+        <x:v>595280</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>344</x:v>
-[...1 lines deleted...]
-      <x:c r="C334" s="15" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C334" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J334" s="14" t="s"/>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="J334" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K334" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>615480</x:v>
+        <x:v>595286</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>344</x:v>
-[...1 lines deleted...]
-      <x:c r="C335" s="3" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C335" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J335" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>615485</x:v>
+        <x:v>595292</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>344</x:v>
-[...1 lines deleted...]
-      <x:c r="C336" s="15" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C336" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J336" s="14" t="s"/>
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="J336" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K336" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>615490</x:v>
+        <x:v>595299</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H337" s="0" t="s">
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>615492</x:v>
+        <x:v>533525</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H338" s="14" t="s"/>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H338" s="14" t="s">
+        <x:v>314</x:v>
+      </x:c>
       <x:c r="I338" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>71632</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>615497</x:v>
+        <x:v>534020</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>615502</x:v>
+        <x:v>576617</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>245</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
-      <x:c r="E340" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>222</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>224</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>608525</x:v>
+        <x:v>576619</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="J341" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>594447</x:v>
+        <x:v>576623</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>541</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>594452</x:v>
+        <x:v>576625</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>594462</x:v>
+        <x:v>584586</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>594468</x:v>
+        <x:v>594436</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>594469</x:v>
+        <x:v>594444</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>594487</x:v>
+        <x:v>594471</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="J347" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>615525</x:v>
+        <x:v>594481</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J348" s="14" t="s"/>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="J348" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K348" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>615550</x:v>
+        <x:v>594484</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="H349" s="0" t="s">
+        <x:v>377</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>71203</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>614944</x:v>
+        <x:v>520300</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>114</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>595275</x:v>
+        <x:v>604887</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>105</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>595280</x:v>
+        <x:v>604893</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>552</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>595286</x:v>
+        <x:v>604915</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>595292</x:v>
+        <x:v>604920</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>556</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>595299</x:v>
+        <x:v>605000</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>313</x:v>
-[...2 lines deleted...]
-        <x:v>314</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>533525</x:v>
+        <x:v>605026</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>313</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>71632</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>534020</x:v>
+        <x:v>605035</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>576617</x:v>
+        <x:v>605040</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>576619</x:v>
+        <x:v>605048</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H359" s="0" t="s">
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>576623</x:v>
+        <x:v>534255</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="J360" s="14" t="s"/>
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="J360" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K360" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>576625</x:v>
+        <x:v>594492</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>344</x:v>
-[...1 lines deleted...]
-      <x:c r="C361" s="3" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C361" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D361" s="3" t="s"/>
+      <x:c r="E361" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H361" s="0" t="s">
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="J361" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>584586</x:v>
+        <x:v>609461</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>261</x:v>
-[...1 lines deleted...]
-      <x:c r="C362" s="15" t="s"/>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C362" s="15" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D362" s="15" t="s"/>
-      <x:c r="E362" s="14" t="s"/>
+      <x:c r="E362" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>594436</x:v>
+        <x:v>552161</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>261</x:v>
-[...1 lines deleted...]
-      <x:c r="C363" s="3" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C363" s="3" t="n">
+        <x:v>34606</x:v>
+      </x:c>
       <x:c r="D363" s="3" t="s"/>
+      <x:c r="E363" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>594444</x:v>
+        <x:v>552417</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
-        <x:v>80</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>261</x:v>
-[...1 lines deleted...]
-      <x:c r="C364" s="15" t="s"/>
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C364" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D364" s="15" t="s"/>
-      <x:c r="E364" s="14" t="s"/>
+      <x:c r="E364" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>567</x:v>
-[...1 lines deleted...]
-      <x:c r="H364" s="14" t="s"/>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="H364" s="14" t="s">
+        <x:v>319</x:v>
+      </x:c>
       <x:c r="I364" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>594471</x:v>
+        <x:v>570736</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>261</x:v>
-[...1 lines deleted...]
-      <x:c r="C365" s="3" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C365" s="3" t="n">
+        <x:v>36389</x:v>
+      </x:c>
       <x:c r="D365" s="3" t="s"/>
+      <x:c r="E365" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>594481</x:v>
+        <x:v>499254</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>261</x:v>
-[...1 lines deleted...]
-      <x:c r="C366" s="15" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C366" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D366" s="15" t="s"/>
-      <x:c r="E366" s="14" t="s"/>
+      <x:c r="E366" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="H366" s="14" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H366" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="I366" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>594484</x:v>
+        <x:v>553188</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>347</x:v>
-[...1 lines deleted...]
-      <x:c r="C367" s="3" t="s"/>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C367" s="3" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D367" s="3" t="s"/>
+      <x:c r="E367" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>376</x:v>
-[...2 lines deleted...]
-        <x:v>377</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="J367" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>520300</x:v>
+        <x:v>603603</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="C368" s="15" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C368" s="15" t="n">
+        <x:v>40249</x:v>
+      </x:c>
       <x:c r="D368" s="15" t="s"/>
-      <x:c r="E368" s="14" t="s"/>
+      <x:c r="E368" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J368" s="14" t="s"/>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="J368" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K368" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>604887</x:v>
+        <x:v>603606</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="C369" s="3" t="s"/>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C369" s="3" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D369" s="3" t="s"/>
+      <x:c r="E369" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="H369" s="0" t="s">
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="J369" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>604893</x:v>
+        <x:v>608429</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="C370" s="15" t="s"/>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C370" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D370" s="15" t="s"/>
-      <x:c r="E370" s="14" t="s"/>
+      <x:c r="E370" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J370" s="14" t="s"/>
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="J370" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K370" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>604915</x:v>
+        <x:v>601695</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="C371" s="3" t="s"/>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C371" s="3" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D371" s="3" t="s"/>
+      <x:c r="E371" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="J371" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>604920</x:v>
+        <x:v>601783</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>344</x:v>
-[...1 lines deleted...]
-      <x:c r="C372" s="15" t="s"/>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C372" s="15" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D372" s="15" t="s"/>
-      <x:c r="E372" s="14" t="s"/>
+      <x:c r="E372" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J372" s="14" t="s"/>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="J372" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>605000</x:v>
+        <x:v>601784</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>344</x:v>
-[...1 lines deleted...]
-      <x:c r="C373" s="3" t="s"/>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C373" s="3" t="n">
+        <x:v>41239</x:v>
+      </x:c>
       <x:c r="D373" s="3" t="s"/>
+      <x:c r="E373" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="H373" s="0" t="s">
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="J373" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>605026</x:v>
+        <x:v>610278</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>344</x:v>
-[...1 lines deleted...]
-      <x:c r="C374" s="15" t="s"/>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C374" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D374" s="15" t="s"/>
-      <x:c r="E374" s="14" t="s"/>
+      <x:c r="E374" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J374" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="J374" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K374" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>605035</x:v>
+        <x:v>588261</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>344</x:v>
-[...1 lines deleted...]
-      <x:c r="C375" s="3" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C375" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D375" s="3" t="s"/>
+      <x:c r="E375" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J375" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>605040</x:v>
+        <x:v>607452</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>344</x:v>
-[...1 lines deleted...]
-      <x:c r="C376" s="15" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C376" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D376" s="15" t="s"/>
-      <x:c r="E376" s="14" t="s"/>
+      <x:c r="E376" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H376" s="14" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H376" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
       <x:c r="I376" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J376" s="14" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="J376" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K376" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>605048</x:v>
+        <x:v>557204</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>600475</x:v>
+        <x:v>455444</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>250</x:v>
-[...1 lines deleted...]
-      <x:c r="H378" s="14" t="s"/>
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="H378" s="14" t="s">
+        <x:v>389</x:v>
+      </x:c>
       <x:c r="I378" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>552338</x:v>
+        <x:v>600475</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>552416</x:v>
+        <x:v>552338</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>502114</x:v>
+        <x:v>552416</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>502660</x:v>
+        <x:v>502114</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>546938</x:v>
+        <x:v>502660</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>572</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>601984</x:v>
+        <x:v>546938</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>40249</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="I384" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>35006</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>599789</x:v>
+        <x:v>601984</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -23915,1149 +23916,1152 @@
       <x:c r="K385" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>599790</x:v>
+        <x:v>599789</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>40249</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>495550</x:v>
+        <x:v>599790</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H387" s="0" t="s">
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>547505</x:v>
+        <x:v>495550</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>36389</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>35006</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>546657</x:v>
+        <x:v>547505</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>36389</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>557203</x:v>
+        <x:v>546657</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
-        <x:v>581</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>590013</x:v>
+        <x:v>557203</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="H391" s="0" t="s">
+        <x:v>581</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>549678</x:v>
+        <x:v>590013</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>585</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>587</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>566431</x:v>
+        <x:v>549678</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>572</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>589</x:v>
-[...1 lines deleted...]
-      <x:c r="C393" s="3" t="s"/>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C393" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D393" s="3" t="s"/>
+      <x:c r="E393" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="H393" s="0" t="s">
+        <x:v>588</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="J393" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
-        <x:v>35054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>554305</x:v>
+        <x:v>566431</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>35054</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>605285</x:v>
+        <x:v>554305</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>605306</x:v>
+        <x:v>605285</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>605308</x:v>
+        <x:v>605306</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>605309</x:v>
+        <x:v>605308</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>605314</x:v>
+        <x:v>605309</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>605332</x:v>
+        <x:v>605314</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>35011</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>596</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>542257</x:v>
+        <x:v>605332</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>542400</x:v>
+        <x:v>542257</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>376</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>527767</x:v>
+        <x:v>542400</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="H403" s="0" t="s">
+        <x:v>377</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>575134</x:v>
+        <x:v>527767</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>575135</x:v>
+        <x:v>575134</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
-      <x:c r="E405" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>95</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>455444</x:v>
+        <x:v>575135</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>84</x:v>
@@ -26990,51 +26994,51 @@
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>584585</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>84</x:v>
@@ -27948,51 +27952,51 @@
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>534253</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
@@ -28308,51 +28312,51 @@
       <x:c r="I468" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>617232</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
@@ -29517,51 +29521,51 @@
         <x:v>204</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s"/>
       <x:c r="K490" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>612641</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>24</x:v>
@@ -30474,78 +30478,78 @@
       <x:c r="S508" s="14" t="n">
         <x:v>595283</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>595285</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
@@ -32683,51 +32687,51 @@
       <x:c r="H551" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>448675</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
@@ -35213,76 +35217,76 @@
       <x:c r="R599" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>594464</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C600" s="15" t="s"/>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
         <x:v>594474</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C601" s="3" t="s"/>
@@ -36315,75 +36319,75 @@
       <x:c r="S620" s="14" t="n">
         <x:v>595266</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>595269</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C622" s="15" t="s"/>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
@@ -36531,75 +36535,75 @@
       <x:c r="S624" s="14" t="n">
         <x:v>534254</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="G625" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
         <x:v>460731</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C626" s="15" t="s"/>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s"/>
       <x:c r="F626" s="14" t="s"/>
@@ -36667,51 +36671,51 @@
       <x:c r="H627" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>604148</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
@@ -36842,51 +36846,51 @@
         <x:v>498</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K630" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
         <x:v>552162</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
@@ -37859,51 +37863,51 @@
       <x:c r="J647" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>548119</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
@@ -37918,51 +37922,51 @@
       <x:c r="J648" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K648" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
         <x:v>548120</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -38041,51 +38045,51 @@
       <x:c r="M650" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>614953</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="G651" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
@@ -38202,60 +38206,60 @@
       <x:c r="J653" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
         <x:v>529534</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s"/>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s"/>
       <x:c r="I654" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -38325,51 +38329,51 @@
       <x:c r="M655" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>615826</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s"/>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="I656" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
@@ -38498,99 +38502,99 @@
       <x:c r="M658" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N658" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O658" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
         <x:v>601193</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="G659" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
         <x:v>547970</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s"/>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
@@ -39005,51 +39009,51 @@
       <x:c r="J667" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>547980</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
@@ -39748,51 +39752,51 @@
       <x:c r="J680" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K680" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
         <x:v>547968</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="G681" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -39868,51 +39872,51 @@
       <x:c r="M682" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
         <x:v>558974</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H683" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -40407,898 +40411,898 @@
       </x:c>
       <x:c r="P691" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
         <x:v>583811</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
         <x:v>839</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
-        <x:v>769</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s"/>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I692" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K692" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
-        <x:v>781</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
-        <x:v>575501</x:v>
+        <x:v>579303</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
-        <x:v>841</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
-        <x:v>40249</x:v>
+        <x:v>39823</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="G693" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="H693" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
-        <x:v>35006</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
-        <x:v>576238</x:v>
+        <x:v>576289</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
-        <x:v>786</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
-        <x:v>38625</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s"/>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>498</x:v>
-[...1 lines deleted...]
-      <x:c r="H694" s="14" t="s"/>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="H694" s="14" t="s">
+        <x:v>319</x:v>
+      </x:c>
       <x:c r="I694" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
-        <x:v>578485</x:v>
+        <x:v>548110</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
-        <x:v>648</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="G695" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
-        <x:v>574602</x:v>
+        <x:v>576110</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s"/>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
-        <x:v>789</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="H696" s="14" t="s"/>
       <x:c r="I696" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K696" s="14" t="s">
-        <x:v>792</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
-        <x:v>573537</x:v>
+        <x:v>578485</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
-        <x:v>572</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="G697" s="0" t="s">
-        <x:v>766</x:v>
-[...2 lines deleted...]
-        <x:v>784</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
-        <x:v>604438</x:v>
+        <x:v>574602</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s"/>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
-        <x:v>766</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s">
-        <x:v>784</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="I698" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="J698" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K698" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="L698" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M698" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="N698" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O698" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P698" s="14" t="s">
-        <x:v>766</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
-        <x:v>547969</x:v>
+        <x:v>573537</x:v>
       </x:c>
       <x:c r="T698" s="16" t="s">
-        <x:v>846</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U698" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:21">
       <x:c r="A699" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C699" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D699" s="3" t="s"/>
       <x:c r="G699" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="H699" s="0" t="s">
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I699" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J699" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M699" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O699" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P699" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
-        <x:v>550636</x:v>
+        <x:v>575501</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
-        <x:v>814</x:v>
+        <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:21">
       <x:c r="A700" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B700" s="14" t="s">
-        <x:v>794</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C700" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>40249</x:v>
       </x:c>
       <x:c r="D700" s="15" t="s"/>
       <x:c r="E700" s="14" t="s"/>
       <x:c r="F700" s="14" t="s"/>
       <x:c r="G700" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H700" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I700" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J700" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K700" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L700" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M700" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N700" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O700" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P700" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
-        <x:v>604501</x:v>
+        <x:v>576238</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
-        <x:v>795</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="G701" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="H701" s="0" t="s">
+        <x:v>784</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
-        <x:v>599169</x:v>
+        <x:v>604438</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
-        <x:v>848</x:v>
+        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s"/>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
-        <x:v>239</x:v>
-[...1 lines deleted...]
-      <x:c r="H702" s="14" t="s"/>
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="H702" s="14" t="s">
+        <x:v>784</x:v>
+      </x:c>
       <x:c r="I702" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K702" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
-        <x:v>568813</x:v>
+        <x:v>547969</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
-        <x:v>146</x:v>
-[...2 lines deleted...]
-        <x:v>147</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
-        <x:v>579303</x:v>
+        <x:v>550636</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I704" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K704" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
-        <x:v>548110</x:v>
+        <x:v>604501</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C705" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="G705" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
-        <x:v>576110</x:v>
+        <x:v>599169</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C706" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
-        <x:v>486</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H706" s="14" t="s"/>
       <x:c r="I706" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K706" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L706" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
-        <x:v>551721</x:v>
+        <x:v>568813</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
-        <x:v>849</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H707" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J707" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -41308,509 +41312,507 @@
       <x:c r="L707" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
         <x:v>612097</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
-        <x:v>850</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
-        <x:v>151</x:v>
-[...1 lines deleted...]
-      <x:c r="H708" s="14" t="s"/>
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="H708" s="14" t="s">
+        <x:v>485</x:v>
+      </x:c>
       <x:c r="I708" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="J708" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K708" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L708" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M708" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N708" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O708" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P708" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="Q708" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="R708" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S708" s="14" t="n">
-        <x:v>611959</x:v>
+        <x:v>551721</x:v>
       </x:c>
       <x:c r="T708" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="U708" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:21">
       <x:c r="A709" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C709" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D709" s="3" t="s"/>
       <x:c r="G709" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I709" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J709" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
-        <x:v>611960</x:v>
+        <x:v>611959</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
-        <x:v>802</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s"/>
       <x:c r="I710" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J710" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K710" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
-        <x:v>802</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
-        <x:v>606336</x:v>
+        <x:v>611960</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
-        <x:v>788</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
-        <x:v>766</x:v>
-[...2 lines deleted...]
-        <x:v>784</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
-        <x:v>547979</x:v>
+        <x:v>606336</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
-        <x:v>770</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
-        <x:v>771</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="I712" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K712" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
-        <x:v>781</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
-        <x:v>575419</x:v>
+        <x:v>547979</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
-        <x:v>841</x:v>
+        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
-        <x:v>38625</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
-        <x:v>584624</x:v>
+        <x:v>575419</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
-        <x:v>797</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
-        <x:v>438</x:v>
-[...1 lines deleted...]
-      <x:c r="H714" s="14" t="s"/>
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="H714" s="14" t="s">
+        <x:v>859</x:v>
+      </x:c>
       <x:c r="I714" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="J714" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K714" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
-        <x:v>588363</x:v>
+        <x:v>584624</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
-        <x:v>785</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
-        <x:v>38625</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
-        <x:v>789</x:v>
-[...2 lines deleted...]
-        <x:v>790</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
-        <x:v>615823</x:v>
+        <x:v>588363</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C716" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s"/>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="I716" s="16" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s">
@@ -41819,898 +41821,898 @@
       <x:c r="K716" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
-        <x:v>615824</x:v>
+        <x:v>615823</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="G717" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="H717" s="0" t="s">
+        <x:v>790</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="J717" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
-        <x:v>550630</x:v>
+        <x:v>615824</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
-        <x:v>814</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
-        <x:v>794</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C718" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s"/>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
-        <x:v>766</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="H718" s="14" t="s"/>
       <x:c r="I718" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K718" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M718" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N718" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O718" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
-        <x:v>766</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
-        <x:v>781</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
-        <x:v>604441</x:v>
+        <x:v>550630</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="G719" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="H719" s="0" t="s">
+        <x:v>784</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
-        <x:v>574575</x:v>
+        <x:v>604441</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>863</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
-        <x:v>316</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s"/>
       <x:c r="I720" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J720" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K720" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
-        <x:v>574579</x:v>
+        <x:v>574575</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C721" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="G721" s="0" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>319</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
-        <x:v>524895</x:v>
+        <x:v>574579</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
-        <x:v>801</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
-        <x:v>815</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C722" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s"/>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
-        <x:v>812</x:v>
-[...1 lines deleted...]
-      <x:c r="H722" s="14" t="s"/>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="H722" s="14" t="s">
+        <x:v>319</x:v>
+      </x:c>
       <x:c r="I722" s="16" t="s">
-        <x:v>813</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K722" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L722" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M722" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N722" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O722" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P722" s="14" t="s">
-        <x:v>812</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
-        <x:v>813</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
-        <x:v>562680</x:v>
+        <x:v>524895</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
-        <x:v>785</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
-        <x:v>814</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C723" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="G723" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="J723" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
-        <x:v>611961</x:v>
+        <x:v>562680</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C724" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H724" s="14" t="s"/>
       <x:c r="I724" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J724" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K724" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L724" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M724" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N724" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O724" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P724" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q724" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R724" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S724" s="14" t="n">
-        <x:v>611962</x:v>
+        <x:v>611961</x:v>
       </x:c>
       <x:c r="T724" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U724" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:21">
       <x:c r="A725" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C725" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D725" s="3" t="s"/>
       <x:c r="G725" s="0" t="s">
-        <x:v>653</x:v>
-[...2 lines deleted...]
-        <x:v>654</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I725" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J725" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M725" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N725" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O725" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P725" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q725" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R725" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S725" s="0" t="n">
-        <x:v>617364</x:v>
+        <x:v>611962</x:v>
       </x:c>
       <x:c r="T725" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U725" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:21">
       <x:c r="A726" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B726" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C726" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D726" s="15" t="s"/>
       <x:c r="E726" s="14" t="s"/>
       <x:c r="F726" s="14" t="s"/>
       <x:c r="G726" s="14" t="s">
-        <x:v>496</x:v>
-[...1 lines deleted...]
-      <x:c r="H726" s="14" t="s"/>
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="H726" s="14" t="s">
+        <x:v>654</x:v>
+      </x:c>
       <x:c r="I726" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J726" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K726" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="L726" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M726" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N726" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O726" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P726" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="Q726" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R726" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S726" s="14" t="n">
-        <x:v>615317</x:v>
+        <x:v>617364</x:v>
       </x:c>
       <x:c r="T726" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U726" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:21">
       <x:c r="A727" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C727" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D727" s="3" t="s"/>
       <x:c r="G727" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I727" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J727" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L727" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M727" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N727" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O727" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P727" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q727" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R727" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S727" s="0" t="n">
-        <x:v>588152</x:v>
+        <x:v>615317</x:v>
       </x:c>
       <x:c r="T727" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U727" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:21">
       <x:c r="A728" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B728" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C728" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D728" s="15" t="s"/>
       <x:c r="E728" s="14" t="s"/>
       <x:c r="F728" s="14" t="s"/>
       <x:c r="G728" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H728" s="14" t="s"/>
       <x:c r="I728" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J728" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K728" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L728" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M728" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N728" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O728" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P728" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q728" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R728" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S728" s="14" t="n">
-        <x:v>588155</x:v>
+        <x:v>588152</x:v>
       </x:c>
       <x:c r="T728" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U728" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:21">
       <x:c r="A729" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C729" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D729" s="3" t="s"/>
       <x:c r="G729" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I729" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J729" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K729" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L729" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M729" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N729" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O729" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P729" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q729" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R729" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S729" s="0" t="n">
-        <x:v>556582</x:v>
+        <x:v>588155</x:v>
       </x:c>
       <x:c r="T729" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U729" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:21">
       <x:c r="A730" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B730" s="14" t="s">
-        <x:v>859</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C730" s="15" t="n">
-        <x:v>39823</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D730" s="15" t="s"/>
       <x:c r="E730" s="14" t="s"/>
       <x:c r="F730" s="14" t="s"/>
       <x:c r="G730" s="14" t="s">
-        <x:v>860</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="H730" s="14" t="s"/>
       <x:c r="I730" s="16" t="s">
-        <x:v>862</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J730" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K730" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L730" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M730" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N730" s="15" t="n">
-        <x:v>13254</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O730" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P730" s="14" t="s">
-        <x:v>863</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q730" s="16" t="s">
-        <x:v>862</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R730" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S730" s="14" t="n">
-        <x:v>576289</x:v>
+        <x:v>556582</x:v>
       </x:c>
       <x:c r="T730" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U730" s="16" t="s">
-        <x:v>864</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:21">
       <x:c r="A731" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C731" s="3" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D731" s="3" t="s"/>
       <x:c r="G731" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="H731" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="I731" s="4" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="J731" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K731" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="L731" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M731" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="N731" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O731" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="P731" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q731" s="4" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="R731" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="S731" s="0" t="n">
         <x:v>573503</x:v>
       </x:c>
       <x:c r="T731" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="U731" s="4" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:21">
       <x:c r="A732" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B732" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="C732" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D732" s="15" t="s"/>
       <x:c r="E732" s="14" t="s"/>
       <x:c r="F732" s="14" t="s"/>
       <x:c r="G732" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H732" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I732" s="16" t="s">
@@ -42719,60 +42721,60 @@
       <x:c r="J732" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K732" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L732" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M732" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N732" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O732" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P732" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q732" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R732" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S732" s="14" t="n">
         <x:v>548107</x:v>
       </x:c>
       <x:c r="T732" s="16" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="U732" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:21">
       <x:c r="A733" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C733" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D733" s="3" t="s"/>
       <x:c r="G733" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H733" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I733" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J733" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -42782,110 +42784,110 @@
       <x:c r="L733" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N733" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O733" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P733" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
         <x:v>612164</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
-        <x:v>850</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
-        <x:v>859</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C734" s="15" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D734" s="15" t="s"/>
       <x:c r="E734" s="14" t="s"/>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="H734" s="14" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="I734" s="16" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="J734" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K734" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="L734" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M734" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="N734" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O734" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="P734" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q734" s="16" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="R734" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="S734" s="14" t="n">
         <x:v>573504</x:v>
       </x:c>
       <x:c r="T734" s="16" t="s">
-        <x:v>843</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="U734" s="16" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:21">
       <x:c r="A735" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C735" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D735" s="3" t="s"/>
       <x:c r="E735" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
@@ -42963,51 +42965,51 @@
       <x:c r="M736" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N736" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O736" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P736" s="14" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="Q736" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R736" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S736" s="14" t="n">
         <x:v>616196</x:v>
       </x:c>
       <x:c r="T736" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U736" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:21">
       <x:c r="A737" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C737" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D737" s="3" t="s"/>
       <x:c r="G737" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H737" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I737" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J737" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -43070,51 +43072,51 @@
       <x:c r="J738" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K738" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L738" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M738" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N738" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O738" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P738" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q738" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R738" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S738" s="14" t="n">
         <x:v>548108</x:v>
       </x:c>
       <x:c r="T738" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="U738" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:21">
       <x:c r="A739" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="C739" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D739" s="3" t="s"/>
       <x:c r="G739" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -43127,60 +43129,60 @@
       <x:c r="J739" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K739" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L739" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M739" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N739" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O739" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P739" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q739" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R739" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S739" s="0" t="n">
         <x:v>548109</x:v>
       </x:c>
       <x:c r="T739" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="U739" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:21">
       <x:c r="A740" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B740" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C740" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D740" s="15" t="s"/>
       <x:c r="E740" s="14" t="s"/>
       <x:c r="F740" s="14" t="s"/>
       <x:c r="G740" s="14" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="H740" s="14" t="s"/>
       <x:c r="I740" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J740" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -43241,60 +43243,60 @@
       <x:c r="J741" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L741" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M741" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N741" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O741" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P741" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q741" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R741" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S741" s="0" t="n">
         <x:v>547967</x:v>
       </x:c>
       <x:c r="T741" s="4" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="U741" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:21">
       <x:c r="A742" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B742" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C742" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D742" s="15" t="s"/>
       <x:c r="E742" s="14" t="s"/>
       <x:c r="F742" s="14" t="s"/>
       <x:c r="G742" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H742" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I742" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J742" s="14" t="s">
@@ -43416,60 +43418,60 @@
       <x:c r="J744" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K744" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L744" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M744" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N744" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O744" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P744" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q744" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R744" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S744" s="14" t="n">
         <x:v>529569</x:v>
       </x:c>
       <x:c r="T744" s="16" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="U744" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:21">
       <x:c r="A745" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C745" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D745" s="3" t="s"/>
       <x:c r="G745" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H745" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="I745" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J745" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -43479,51 +43481,51 @@
       <x:c r="L745" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
         <x:v>513053</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C746" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D746" s="15" t="s"/>
       <x:c r="E746" s="14" t="s"/>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H746" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I746" s="16" t="s">
@@ -43538,51 +43540,51 @@
       <x:c r="L746" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M746" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N746" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O746" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P746" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q746" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R746" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="S746" s="14" t="n">
         <x:v>513265</x:v>
       </x:c>
       <x:c r="T746" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="U746" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:21">
       <x:c r="A747" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C747" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D747" s="3" t="s"/>
       <x:c r="G747" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H747" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="I747" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
@@ -43670,101 +43672,101 @@
       <x:c r="R748" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S748" s="14" t="n">
         <x:v>545080</x:v>
       </x:c>
       <x:c r="T748" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U748" s="16" t="s">
         <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:21">
       <x:c r="A749" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C749" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D749" s="3" t="s"/>
       <x:c r="G749" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H749" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="I749" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="J749" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K749" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L749" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M749" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N749" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O749" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P749" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="Q749" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="R749" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S749" s="0" t="n">
         <x:v>588305</x:v>
       </x:c>
       <x:c r="T749" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="U749" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:21">
       <x:c r="A750" s="13" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B750" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C750" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D750" s="15" t="s"/>
       <x:c r="E750" s="14" t="s"/>
       <x:c r="F750" s="14" t="s"/>
       <x:c r="G750" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="H750" s="14" t="s"/>
       <x:c r="I750" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J750" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K750" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="L750" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M750" s="14" t="s">
         <x:v>27</x:v>
@@ -43826,51 +43828,51 @@
       <x:c r="M751" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="N751" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O751" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P751" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q751" s="4" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="R751" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="S751" s="0" t="n">
         <x:v>615825</x:v>
       </x:c>
       <x:c r="T751" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U751" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:21">
       <x:c r="A752" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B752" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C752" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D752" s="15" t="s"/>
       <x:c r="E752" s="14" t="s"/>
       <x:c r="F752" s="14" t="s"/>
       <x:c r="G752" s="14" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="H752" s="14" t="s"/>
       <x:c r="I752" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J752" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -43996,51 +43998,51 @@
       <x:c r="M754" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N754" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O754" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P754" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
         <x:v>524793</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C755" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D755" s="3" t="s"/>
       <x:c r="G755" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H755" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="I755" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J755" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -44112,51 +44114,51 @@
       <x:c r="M756" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N756" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O756" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P756" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q756" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R756" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S756" s="14" t="n">
         <x:v>524891</x:v>
       </x:c>
       <x:c r="T756" s="16" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="U756" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:21">
       <x:c r="A757" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C757" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D757" s="3" t="s"/>
       <x:c r="G757" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H757" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I757" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J757" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -44267,51 +44269,51 @@
       <x:c r="G759" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I759" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J759" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K759" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L759" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M759" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N759" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O759" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P759" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="Q759" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R759" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S759" s="0" t="n">
         <x:v>612652</x:v>
       </x:c>
       <x:c r="T759" s="4" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="U759" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:21">
       <x:c r="A760" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B760" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C760" s="15" t="n">
@@ -44395,54 +44397,54 @@
       <x:c r="L761" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M761" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N761" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O761" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P761" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q761" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R761" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="S761" s="0" t="n">
         <x:v>600574</x:v>
       </x:c>
       <x:c r="T761" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="U761" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>863</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>