--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -1478,50 +1478,56 @@
   <x:si>
     <x:t>Responsable de gestion des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Steliaxe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>La Factory</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
   <x:si>
     <x:t>Ifte Aix</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2027 00:00:00</x:t>
@@ -1607,56 +1613,50 @@
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>Recruter avec efficience pour limiter le turnover.</x:t>
   </x:si>
   <x:si>
     <x:t>Impuls</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite entretien recrutement</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Steliaxe</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Consultant en recrutement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Travail temporaire</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
@@ -2486,69 +2486,69 @@
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assofac</x:t>
   </x:si>
   <x:si>
     <x:t>92000</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours recherche, études et conseil en organisation, travail et ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des ressources humaines BC2 Optimisation de la performance sociale dans un contexte de transformation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coach professionnel BC01 Évaluer la demande du client et formaliser les objectifs de coaching dans le contrat de prestation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de l'Homme, anthropologie, ethnologie parcours sciences de l'Homme, anthropologie, ethnologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion des ressources humaines parcours coaching dans les organisations</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>10/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ideallis - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>Évaluation personnalité</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion des ressources humaines parcours économie sociale et solidaire</x:t>
   </x:si>
@@ -13297,2156 +13297,2150 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>569936</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="K177" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="J177" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>33053</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>554843</x:v>
+        <x:v>590382</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>41128</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="Q178" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="Q178" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>616223</x:v>
+        <x:v>554843</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>35030</x:v>
+        <x:v>41128</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
+      <x:c r="E179" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>71</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>549940</x:v>
+        <x:v>616223</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>38899</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
-      <x:c r="E180" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>293</x:v>
-[...1 lines deleted...]
-      <x:c r="H180" s="14" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>32688</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>552440</x:v>
+        <x:v>549940</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>38899</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32688</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>543560</x:v>
+        <x:v>552440</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>35030</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
-      <x:c r="E182" s="14" t="s"/>
+      <x:c r="E182" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>35014</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>550067</x:v>
+        <x:v>543560</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>550070</x:v>
+        <x:v>550067</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>40594</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>262</x:v>
-[...1 lines deleted...]
-      <x:c r="H184" s="14" t="s"/>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>588236</x:v>
+        <x:v>550070</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>35030</x:v>
+        <x:v>40594</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-        <x:v>81</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>615713</x:v>
+        <x:v>588236</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
-      <x:c r="E186" s="14" t="s"/>
+      <x:c r="E186" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>148</x:v>
-[...1 lines deleted...]
-      <x:c r="H186" s="14" t="s"/>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>574894</x:v>
+        <x:v>615713</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>38005</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>269</x:v>
-[...2 lines deleted...]
-        <x:v>270</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>32150</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>549161</x:v>
+        <x:v>574894</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>35912</x:v>
+        <x:v>38005</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>297</x:v>
-[...1 lines deleted...]
-      <x:c r="H188" s="14" t="s"/>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="H188" s="14" t="s">
+        <x:v>270</x:v>
+      </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32150</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>595468</x:v>
+        <x:v>549161</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>36986</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
-      <x:c r="E189" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-        <x:v>111</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>33035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>503874</x:v>
+        <x:v>595468</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>37266</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
-      <x:c r="E190" s="14" t="s"/>
+      <x:c r="E190" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>33052</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>556971</x:v>
+        <x:v>503874</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>35030</x:v>
+        <x:v>37266</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H191" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>567449</x:v>
+        <x:v>556971</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>40853</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>601360</x:v>
+        <x:v>567449</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>601361</x:v>
+        <x:v>601360</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>35030</x:v>
+        <x:v>40853</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>35014</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>499696</x:v>
+        <x:v>601361</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>502633</x:v>
+        <x:v>499696</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>41366</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>608480</x:v>
+        <x:v>502633</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>608483</x:v>
+        <x:v>608480</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>185</x:v>
-[...1 lines deleted...]
-      <x:c r="H198" s="14" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>601819</x:v>
+        <x:v>608483</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
+      <x:c r="E199" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>597474</x:v>
+        <x:v>601819</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>36668</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>487</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>33052</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>514977</x:v>
+        <x:v>597474</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>35030</x:v>
+        <x:v>36668</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
-      <x:c r="E201" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>579434</x:v>
+        <x:v>514977</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>39777</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F202" s="14" t="s"/>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F202" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="G202" s="14" t="s">
-        <x:v>304</x:v>
-[...1 lines deleted...]
-      <x:c r="H202" s="14" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>32025</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>589992</x:v>
+        <x:v>579434</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>34464</x:v>
+        <x:v>39777</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>284</x:v>
-[...2 lines deleted...]
-        <x:v>285</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>463901</x:v>
+        <x:v>589992</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>35030</x:v>
+        <x:v>34464</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s"/>
+      <x:c r="E204" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>148</x:v>
-[...1 lines deleted...]
-      <x:c r="H204" s="14" t="s"/>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s">
+        <x:v>285</x:v>
+      </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>35014</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>566609</x:v>
+        <x:v>463901</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
-      <x:c r="E205" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-        <x:v>81</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>606521</x:v>
+        <x:v>566609</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>38990</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s"/>
+      <x:c r="E206" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>297</x:v>
-[...1 lines deleted...]
-      <x:c r="H206" s="14" t="s"/>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>14461</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="P206" s="14" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="Q206" s="16" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="R206" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="S206" s="14" t="n">
+        <x:v>606521</x:v>
+      </x:c>
+      <x:c r="T206" s="16" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="U206" s="16" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="C207" s="3" t="s"/>
+      <x:c r="C207" s="3" t="n">
+        <x:v>38990</x:v>
+      </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="J207" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>33053</x:v>
+        <x:v>14461</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>598738</x:v>
+        <x:v>591970</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>379</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>33053</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>599729</x:v>
+        <x:v>598738</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="H209" s="0" t="s">
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>32068</x:v>
+        <x:v>33053</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>615319</x:v>
+        <x:v>599729</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>33002</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>224311</x:v>
+        <x:v>615319</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>33003</x:v>
+        <x:v>33002</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="Q211" s="4" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="R211" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="Q211" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>576350</x:v>
+        <x:v>224311</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33003</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>559263</x:v>
+        <x:v>576350</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>33053</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>590382</x:v>
+        <x:v>559263</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>39606</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
@@ -15819,51 +15813,51 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>545012</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>34464</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
@@ -16849,54 +16843,54 @@
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>558659</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -17086,51 +17080,51 @@
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>608893</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -17490,51 +17484,51 @@
       <x:c r="L249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>572869</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
@@ -17840,632 +17834,630 @@
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>531197</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
-        <x:v>35030</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
-      <x:c r="E256" s="14" t="s"/>
+      <x:c r="E256" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>35014</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>576747</x:v>
+        <x:v>600598</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>40594</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>592566</x:v>
+        <x:v>576747</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>35030</x:v>
+        <x:v>40594</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>35014</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>521116</x:v>
+        <x:v>592566</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>38438</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
-      <x:c r="E259" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>33036</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>600174</x:v>
+        <x:v>521116</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>38112</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>551</x:v>
-[...1 lines deleted...]
-      <x:c r="H260" s="14" t="s"/>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s">
+        <x:v>285</x:v>
+      </x:c>
       <x:c r="I260" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>32008</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>605527</x:v>
+        <x:v>600174</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>36143</x:v>
+        <x:v>38112</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>197</x:v>
-[...2 lines deleted...]
-        <x:v>198</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32008</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>608916</x:v>
+        <x:v>605527</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>41366</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>553</x:v>
-[...1 lines deleted...]
-      <x:c r="H262" s="14" t="s"/>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>611166</x:v>
+        <x:v>608916</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>35030</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-        <x:v>81</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>580665</x:v>
+        <x:v>611166</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>41366</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>286</x:v>
-[...1 lines deleted...]
-      <x:c r="H264" s="14" t="s"/>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>599595</x:v>
+        <x:v>580665</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>600598</x:v>
+        <x:v>599595</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>112</x:v>
@@ -18655,51 +18647,51 @@
       <x:c r="L269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>499694</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
@@ -19204,75 +19196,75 @@
       <x:c r="S278" s="14" t="n">
         <x:v>564256</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>41128</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>589887</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
@@ -20066,51 +20058,51 @@
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>509554</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
@@ -22065,51 +22057,51 @@
       <x:c r="H327" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>555828</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
@@ -22126,51 +22118,51 @@
       <x:c r="H328" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>555831</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
@@ -22896,51 +22888,51 @@
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>598749</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -23120,51 +23112,51 @@
       <x:c r="L345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>512925</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
@@ -25423,76 +25415,76 @@
         <x:v>548740</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>567803</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
@@ -26395,51 +26387,51 @@
       <x:c r="L402" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>509838</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -27086,51 +27078,51 @@
       <x:c r="J414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>595469</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -27857,51 +27849,51 @@
       <x:c r="L428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>550069</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>98</x:v>
@@ -27917,51 +27909,51 @@
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>615195</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -30610,75 +30602,75 @@
       <x:c r="S476" s="14" t="n">
         <x:v>609186</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>609204</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
@@ -31297,51 +31289,51 @@
       <x:c r="L488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>513135</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>34710</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -32094,78 +32086,78 @@
       <x:c r="R502" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>613745</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>584685</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
@@ -32192,51 +32184,51 @@
       <x:c r="L504" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>15061</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>578600</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -33039,51 +33031,51 @@
       <x:c r="L519" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>611861</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I520" s="16" t="s">
@@ -33883,51 +33875,51 @@
       <x:c r="G534" s="14" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I534" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>575694</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
@@ -33940,51 +33932,51 @@
       <x:c r="G535" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>575695</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
@@ -34015,51 +34007,51 @@
       <x:c r="M536" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>611390</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>38185</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -34089,78 +34081,78 @@
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>581335</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>41731</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I538" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>32096</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>618121</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
@@ -34546,78 +34538,78 @@
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>581079</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I546" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>521689</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
@@ -34818,551 +34810,551 @@
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>617003</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
-        <x:v>38438</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="H551" s="0" t="s">
+        <x:v>745</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
-        <x:v>33036</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>558098</x:v>
+        <x:v>575868</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
-        <x:v>39698</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I552" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
-        <x:v>14224</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>747</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>575732</x:v>
+        <x:v>575974</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
-        <x:v>744</x:v>
-[...2 lines deleted...]
-        <x:v>745</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>785</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>575864</x:v>
+        <x:v>576386</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>748</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
-        <x:v>35912</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
-        <x:v>744</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
-        <x:v>784</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
-        <x:v>785</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>575868</x:v>
+        <x:v>613632</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>748</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="G555" s="0" t="s">
-        <x:v>744</x:v>
-[...2 lines deleted...]
-        <x:v>745</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>32150</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>575974</x:v>
+        <x:v>611844</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>748</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>786</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
-        <x:v>37851</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32150</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>576386</x:v>
+        <x:v>611862</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
-        <x:v>37851</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>613632</x:v>
+        <x:v>558098</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
-        <x:v>41347</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>265</x:v>
-[...1 lines deleted...]
-      <x:c r="H558" s="14" t="s"/>
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="H558" s="14" t="s">
+        <x:v>745</x:v>
+      </x:c>
       <x:c r="I558" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
-        <x:v>32150</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>611844</x:v>
+        <x:v>575732</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>632</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>811</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
-        <x:v>41347</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="H559" s="0" t="s">
+        <x:v>745</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
-        <x:v>32150</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>611862</x:v>
+        <x:v>575864</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -36129,90 +36121,90 @@
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>606315</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>38489</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I574" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>515050</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>667</x:v>
       </x:c>
@@ -37301,51 +37293,51 @@
       <x:c r="M594" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
         <x:v>588372</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="G595" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -37366,51 +37358,51 @@
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
         <x:v>615701</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
         <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
-        <x:v>809</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s"/>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K596" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>99</x:v>
@@ -37779,75 +37771,75 @@
       <x:c r="R602" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
         <x:v>584956</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
         <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="G603" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
         <x:v>609426</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
@@ -38668,51 +38660,51 @@
       <x:c r="L618" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>611855</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -38733,100 +38725,100 @@
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>611857</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K620" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
         <x:v>611860</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
-        <x:v>811</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -38969,78 +38961,78 @@
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>608105</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I624" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
         <x:v>581037</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>737</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>