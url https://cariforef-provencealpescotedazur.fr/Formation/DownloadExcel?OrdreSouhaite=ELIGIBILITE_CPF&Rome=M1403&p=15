--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -749,57 +749,57 @@
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur développeur en intelligence artificielle et analyse big data (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>licence pro mention métiers du décisionnel et de la statistique</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention management de l'innovation</x:t>
   </x:si>
   <x:si>
     <x:t>Innovation entreprise</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>licence pro mention métiers du décisionnel et de la statistique</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en data science - Data Engineer</x:t>
   </x:si>
   <x:si>
     <x:t>Data science</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>QGIS Initiation - niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>master mention mode</x:t>
   </x:si>
   <x:si>
     <x:t>Création textile</x:t>
   </x:si>
@@ -5834,204 +5834,203 @@
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>553623</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>35910</x:v>
+        <x:v>40288</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>32070</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>595415</x:v>
+        <x:v>592404</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>228</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>41</x:v>
-[...2 lines deleted...]
-        <x:v>133</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>592404</x:v>
+        <x:v>608725</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>157</x:v>
-[...1 lines deleted...]
-      <x:c r="C80" s="15" t="s"/>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C80" s="15" t="n">
+        <x:v>35910</x:v>
+      </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="J80" s="14" t="s"/>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="J80" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>32070</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>608725</x:v>
+        <x:v>595415</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9496,51 +9495,51 @@
       <x:c r="G142" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>575874</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
@@ -9899,51 +9898,51 @@
       <x:c r="G149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>575872</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
@@ -9958,51 +9957,51 @@
       <x:c r="G150" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>575873</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">