--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -872,128 +872,128 @@
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
   </x:si>
   <x:si>
     <x:t>13453</x:t>
   </x:si>
   <x:si>
+    <x:t>expert en contrôle de gestion et audit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut La Cadenelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestionnaire comptable et financier (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EM Normandie Programme grande école (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stratégie entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>expert en contrôle de gestion et audit</x:t>
-[...67 lines deleted...]
-  <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de gestion et management</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours contrôle de gestion et pilotage de la performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
@@ -1337,93 +1337,93 @@
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 6 anglais des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 7 mémoire professionnel (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention administration et liquidation d'entreprises en difficulté parcours entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance parcours recherche en économie et en finance</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert financier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visiplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention finance parcours finance d'entreprise et ingénierie financière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention comptabilité - contrôle - audit parcours comptabilité, contrôle, audit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Skema Business School</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>Diplôme supérieur de comptabilité et de gestion (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 2 finance (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 4 comptabilité et audit</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -5585,1169 +5585,1169 @@
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>498933</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>41855</x:v>
+        <x:v>37515</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>181</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32626</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>616776</x:v>
+        <x:v>597151</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>503872</x:v>
+        <x:v>599154</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>37515</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>32626</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>597151</x:v>
+        <x:v>550573</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>37855</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-        <x:v>160</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>32626</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>599154</x:v>
+        <x:v>550753</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>37855</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32626</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>550573</x:v>
+        <x:v>535040</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>37855</x:v>
+        <x:v>40252</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="Q69" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="R69" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="S69" s="0" t="n">
+        <x:v>602436</x:v>
+      </x:c>
+      <x:c r="T69" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="Q69" s="4" t="s">
+      <x:c r="U69" s="4" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>37855</x:v>
+        <x:v>35375</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>97</x:v>
-[...1 lines deleted...]
-      <x:c r="H70" s="14" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>32626</x:v>
+        <x:v>13366</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>535040</x:v>
+        <x:v>602548</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>40252</x:v>
+        <x:v>37830</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>32626</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>602436</x:v>
+        <x:v>600150</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>35375</x:v>
+        <x:v>39973</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>13366</x:v>
+        <x:v>32611</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>602548</x:v>
+        <x:v>600155</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>37830</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>600150</x:v>
+        <x:v>549368</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>39973</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>32611</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>600155</x:v>
+        <x:v>607967</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>41053</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>175</x:v>
-[...2 lines deleted...]
-        <x:v>176</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>549368</x:v>
+        <x:v>589985</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>274</x:v>
-[...1 lines deleted...]
-      <x:c r="H76" s="14" t="s"/>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>607967</x:v>
+        <x:v>557179</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="U76" s="16" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>41053</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H77" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>589985</x:v>
+        <x:v>557180</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>35375</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>13366</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>557179</x:v>
+        <x:v>556145</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>134</x:v>
-[...2 lines deleted...]
-        <x:v>135</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>557180</x:v>
+        <x:v>554234</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>35375</x:v>
+        <x:v>40252</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>13366</x:v>
+        <x:v>32626</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>556145</x:v>
+        <x:v>554356</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>41855</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>554234</x:v>
+        <x:v>616776</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>40252</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>32626</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>554356</x:v>
+        <x:v>503872</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>51</x:v>
@@ -6832,75 +6832,75 @@
       <x:c r="S84" s="14" t="n">
         <x:v>603680</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>572389</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
@@ -6916,51 +6916,51 @@
       <x:c r="J86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>594985</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35378</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7078,51 +7078,51 @@
       <x:c r="I89" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>596499</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
@@ -7601,51 +7601,51 @@
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>607160</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -7680,82 +7680,82 @@
         <x:v>509420</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>501440</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -8477,54 +8477,54 @@
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>599153</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>147</x:v>
@@ -8714,51 +8714,51 @@
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>553080</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>70</x:v>
@@ -8948,51 +8948,51 @@
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>600232</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>353</x:v>
@@ -9448,75 +9448,75 @@
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>553360</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
@@ -9600,51 +9600,51 @@
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>32626</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>535039</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -9729,144 +9729,144 @@
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>554922</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>600156</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>41053</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>600227</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
@@ -9897,51 +9897,51 @@
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>609179</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>147</x:v>
@@ -10018,51 +10018,51 @@
       <x:c r="M139" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>614708</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37515</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>70</x:v>
@@ -10704,51 +10704,51 @@
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>597140</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11291,51 +11291,51 @@
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>600230</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
@@ -14034,1081 +14034,1079 @@
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>477934</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
-        <x:v>223</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>422</x:v>
-[...1 lines deleted...]
-      <x:c r="H210" s="14" t="s"/>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s">
+        <x:v>176</x:v>
+      </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>32006</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>591283</x:v>
+        <x:v>461236</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>175</x:v>
-[...2 lines deleted...]
-        <x:v>176</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>461236</x:v>
+        <x:v>587408</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>325</x:v>
-[...1 lines deleted...]
-      <x:c r="H212" s="14" t="s"/>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s">
+        <x:v>321</x:v>
+      </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>587408</x:v>
+        <x:v>587414</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>320</x:v>
-[...2 lines deleted...]
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>587414</x:v>
+        <x:v>542490</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>36596</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>542490</x:v>
+        <x:v>613759</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>36596</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>613759</x:v>
+        <x:v>567429</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>567429</x:v>
+        <x:v>609820</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>35913</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>609820</x:v>
+        <x:v>575749</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>35913</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>41062</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>575749</x:v>
+        <x:v>554013</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>554013</x:v>
+        <x:v>584140</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>35991</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>584140</x:v>
+        <x:v>575675</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>35991</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>575675</x:v>
+        <x:v>588354</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>588354</x:v>
+        <x:v>577590</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>577590</x:v>
+        <x:v>461246</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>461246</x:v>
+        <x:v>461234</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>461234</x:v>
+        <x:v>461248</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>461248</x:v>
+        <x:v>578133</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>175</x:v>
-[...2 lines deleted...]
-        <x:v>176</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>32006</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>578133</x:v>
+        <x:v>591283</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -15864,51 +15862,51 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>461218</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -15972,51 +15970,51 @@
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>461225</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
@@ -16088,51 +16086,51 @@
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>461229</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
@@ -16155,82 +16153,82 @@
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>461242</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>36596</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>581370</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">