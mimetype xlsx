--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -758,84 +758,84 @@
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Étalonnage avec DaVinci Resolve (Color) - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Postproduction</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet audiovisuel multi technique spécialisation caméra et lumière (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'audiovisuel option techniques d'ingénierie et exploitation des équipements</x:t>
   </x:si>
   <x:si>
     <x:t>Habillage avec DaVinci Résolve Fusion - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel montage audiovisuel</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>Les Ateliers de l'Image et du Son</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cadreur - monteur - vidéaste BC02 Assurer le tournage d’un projet audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Communication et de l'Audiovisuel de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>IMCA PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>Montage audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
@@ -5084,475 +5084,474 @@
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>568704</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>60</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>62</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>46236</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="R68" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="S68" s="14" t="n">
+        <x:v>608286</x:v>
+      </x:c>
+      <x:c r="T68" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="Q68" s="16" t="s">
+      <x:c r="U68" s="16" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="C69" s="3" t="s"/>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C69" s="3" t="n">
+        <x:v>41244</x:v>
+      </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="J69" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>46281</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>578313</x:v>
+        <x:v>616016</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C70" s="15" t="s"/>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C70" s="15" t="n">
+        <x:v>37021</x:v>
+      </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>217</x:v>
-[...1 lines deleted...]
-      <x:c r="J70" s="14" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="J70" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>46281</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>595750</x:v>
+        <x:v>608575</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>37022</x:v>
+        <x:v>39404</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>46233</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>595763</x:v>
+        <x:v>592095</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>72710</x:v>
+        <x:v>46281</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="P72" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="Q72" s="16" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="R72" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="S72" s="14" t="n">
+        <x:v>578313</x:v>
+      </x:c>
+      <x:c r="T72" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="P72" s="14" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>46264</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>608286</x:v>
+        <x:v>595750</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>41244</x:v>
+        <x:v>37022</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46233</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>616016</x:v>
+        <x:v>595763</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
-      <x:c r="E75" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G75" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I75" s="4" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="K75" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="L75" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M75" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N75" s="3" t="n">
+        <x:v>72710</x:v>
+      </x:c>
+      <x:c r="O75" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="I75" s="4" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>608575</x:v>
+        <x:v>567685</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>84</x:v>
       </x:c>