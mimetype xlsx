--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -539,89 +539,89 @@
   <x:si>
     <x:t>licence mention arts du spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Enseigner la pédagogie Jacques Lecoq</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Public en emploi</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Théâtre et musique en Image : la jalousie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Le jeu à l’image : pratiques et techniques face caméra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>L'acteur face à des réalisateurs, directeurs de casting et agent</x:t>
   </x:si>
   <x:si>
     <x:t>Atelier MasterCast</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Théâtre et musique en Image : la jalousie</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>L'acteur co-dirigé par les réalisateurs Amélie Bonnin et Dimitri Lucas</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cours professionnel - pédagogie Jacques Lecoq - module 6</x:t>
   </x:si>
   <x:si>
     <x:t>04/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation de comédien (école privée d'art dramatique)</x:t>
   </x:si>
   <x:si>
     <x:t>École internationale de théâtre Jacques Lecoq</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole internationale de théâtre Jacques Lecoq</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Mistral</x:t>
@@ -686,84 +686,84 @@
   <x:si>
     <x:t>Utopies et dystopies dans la chansons et la comédie musicale</x:t>
   </x:si>
   <x:si>
     <x:t>Leda Atomica Musique</x:t>
   </x:si>
   <x:si>
     <x:t>LAM</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>Développement professionnel et personnel</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2032 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>La voix à l'image : méthodes et techniques de doublage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
     <x:t>DEUST arts, lettres, langues spécialité formation de base aux métiers du théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Le théâtre d'objet et sa pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Les Théâtres de Cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cours professionnel théâtre corporel - pédagogie 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Jeune 16-25 ans , Public de la formation initiale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention arts du spectacle parcours théories et pratiques du cinéma et de l'audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
@@ -2815,250 +2815,250 @@
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>615358</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>45022</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>598275</x:v>
+        <x:v>593241</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>593241</x:v>
+        <x:v>615656</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="R33" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="S33" s="0" t="n">
+        <x:v>618070</x:v>
+      </x:c>
+      <x:c r="T33" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="R33" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>618070</x:v>
+        <x:v>598275</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="U34" s="16" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
@@ -3470,51 +3470,51 @@
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>589577</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38358</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
@@ -3629,51 +3629,51 @@
       <x:c r="L46" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>618068</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>107</x:v>
@@ -3742,361 +3742,361 @@
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>592274</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C49" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>150</x:v>
-[...2 lines deleted...]
-        <x:v>206</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>596501</x:v>
+        <x:v>606348</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C50" s="15" t="s"/>
+      <x:c r="C50" s="15" t="n">
+        <x:v>2911</x:v>
+      </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="J50" s="14" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="J50" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>45004</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>613989</x:v>
+        <x:v>596501</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>45022</x:v>
+        <x:v>45004</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>569871</x:v>
+        <x:v>613989</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>148</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="J52" s="14" t="s"/>
+      <x:c r="K52" s="14" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>45004</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>592522</x:v>
+        <x:v>569871</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>100</x:v>
-[...1 lines deleted...]
-      <x:c r="C53" s="3" t="s"/>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="n">
+        <x:v>40470</x:v>
+      </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="J53" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>45022</x:v>
+        <x:v>45004</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>594038</x:v>
+        <x:v>592522</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>606348</x:v>
+        <x:v>594038</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>40470</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>