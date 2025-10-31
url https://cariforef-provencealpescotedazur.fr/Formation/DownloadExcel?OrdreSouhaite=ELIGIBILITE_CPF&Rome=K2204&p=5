--- v0 (2025-10-31)
+++ v1 (2025-10-31)
@@ -551,264 +551,264 @@
   <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>Entretien et remise en état des sols textiles</x:t>
   </x:si>
   <x:si>
     <x:t>Approche pratique des techniques de bionettoyage</x:t>
   </x:si>
   <x:si>
     <x:t>Soussou Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13150</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>TARASCON</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CANNET-DES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef d'équipe en propreté (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel agent de propreté et d'hygiène (Apprentissage) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre à finalité professionnelle Agent machiniste en propreté</x:t>
   </x:si>
   <x:si>
     <x:t>Greta du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Escoffier</x:t>
   </x:si>
   <x:si>
     <x:t>06801</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Nettoyage sur scène de crime (syndrome de Noé et Diogène)</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/16/2026 00:00:00</x:t>
-[...32 lines deleted...]
-    <x:t>08/30/2026 00:00:00</x:t>
+    <x:t>LP du Parc St-Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent machiniste en propreté (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Georges Cisson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent nettoyage cabine avion</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Aéro Formations - Camas Formation</x:t>
   </x:si>
   <x:si>
     <x:t>93290</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Agent machiniste en propreté (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Entretien vitre</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
     <x:t>L'entretien et la remise en état des sols thermoplastiques</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2026 00:00:00</x:t>
-[...17 lines deleted...]
-    <x:t>LP du Parc St-Jean</x:t>
+    <x:t>Titre professionnel agent de propreté et d'hygiène</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association du Centre d'Orientation de Psychologie Appliquée et de Documentation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACOPAD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association pour l'Education Cognitive et le Développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/24/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Agent d'entretien et de rénovation en propreté</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel Agent de propreté et d'hygiène (TP APH)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef d'équipe en propreté</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP propreté et prévention des biocontaminations (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel Agent de propreté et d'hygiène (TP APH)</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>CAP Propreté et prévention des biocontaminations</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel - CFA Régional Propreté Environnement Hygiène - Antenne Marseille|Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent machiniste en propreté (POEC)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forez Insertion Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIF Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent machiniste en propreté</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2025 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre à finalité professionnelle Chef d'équipe en propreté</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
   </x:si>
@@ -1370,51 +1370,51 @@
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
     <x:col min="2" max="2" width="94.340625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="17.700625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.910625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="130.120625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
     <x:col min="10" max="10" width="23.370625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="71.090625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="38.750625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="169.050625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
-    <x:col min="18" max="18" width="28.660625" style="0" customWidth="1"/>
+    <x:col min="18" max="18" width="28.240625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="10" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="11" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="11" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="11" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="11" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="11" t="s">
@@ -2971,773 +2971,778 @@
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>590293</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>130</x:v>
-[...1 lines deleted...]
-      <x:c r="C29" s="3" t="s"/>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="n">
+        <x:v>39938</x:v>
+      </x:c>
       <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="J29" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>588062</x:v>
+        <x:v>498321</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>42093</x:v>
+        <x:v>42086</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>550641</x:v>
+        <x:v>589973</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>119</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>592254</x:v>
+        <x:v>588062</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s"/>
-      <x:c r="F32" s="14" t="s"/>
+      <x:c r="E32" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F32" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="G32" s="14" t="s">
-        <x:v>80</x:v>
-[...1 lines deleted...]
-      <x:c r="H32" s="14" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>42086</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>578100</x:v>
+        <x:v>599076</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="C33" s="3" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>35552</x:v>
+      </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-        <x:v>97</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>599076</x:v>
+        <x:v>581605</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>35552</x:v>
+        <x:v>37872</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>42093</x:v>
+        <x:v>42069</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>581605</x:v>
+        <x:v>591813</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>37872</x:v>
+        <x:v>39938</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>42069</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>591813</x:v>
+        <x:v>454900</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>39938</x:v>
+        <x:v>35611</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>61</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>454900</x:v>
+        <x:v>550641</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>39938</x:v>
+        <x:v>40312</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-        <x:v>62</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>42093</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>498321</x:v>
+        <x:v>592254</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>589973</x:v>
+        <x:v>578100</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>180</x:v>
-[...1 lines deleted...]
-      <x:c r="C39" s="3" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>40312</x:v>
+      </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="I39" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="I39" s="4" t="s">
-        <x:v>182</x:v>
+      <x:c r="J39" s="0" t="s">
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>42093</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="Q39" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>581187</x:v>
+        <x:v>592256</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39356</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>581723</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>559090</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
@@ -3763,220 +3768,221 @@
       <x:c r="L42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>454901</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>585107</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>42084</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>564367</x:v>
+        <x:v>581187</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>192</x:v>
-[...1 lines deleted...]
-      <x:c r="C45" s="3" t="s"/>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>11563</x:v>
+      </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J45" s="0" t="s">
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>42083</x:v>
+        <x:v>42084</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>584635</x:v>
+        <x:v>564367</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -4239,51 +4245,51 @@
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>567799</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
@@ -4349,54 +4355,54 @@
       <x:c r="L52" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>454899</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -4530,1344 +4536,1340 @@
       <x:c r="L55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>454902</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39938</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>548661</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>11563</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42084</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>550640</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>187</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>42083</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>592256</x:v>
+        <x:v>584635</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F59" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>571624</x:v>
+        <x:v>579388</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>585633</x:v>
+        <x:v>585932</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>585932</x:v>
+        <x:v>571624</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>35551</x:v>
+        <x:v>37872</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>80</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>132</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>42093</x:v>
+        <x:v>42069</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>551460</x:v>
+        <x:v>585633</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>40309</x:v>
+        <x:v>35551</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>42086</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>590625</x:v>
+        <x:v>551460</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>550646</x:v>
+        <x:v>550645</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>37872</x:v>
+        <x:v>35552</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>42069</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>585635</x:v>
+        <x:v>572504</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
-      <x:c r="F66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F66" s="14" t="s">
+        <x:v>201</x:v>
+      </x:c>
       <x:c r="G66" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>586637</x:v>
+        <x:v>580086</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>550645</x:v>
+        <x:v>585634</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>37872</x:v>
+        <x:v>40309</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E68" s="14" t="s"/>
+      <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>209</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>42069</x:v>
+        <x:v>42086</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>579388</x:v>
+        <x:v>590625</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>35552</x:v>
+        <x:v>37872</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>42093</x:v>
+        <x:v>42069</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>572504</x:v>
+        <x:v>550646</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E70" s="14" t="s"/>
+      <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>580086</x:v>
+        <x:v>585635</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>40309</x:v>
+        <x:v>37872</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>42086</x:v>
+        <x:v>42069</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>588550</x:v>
+        <x:v>586637</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>39356</x:v>
+        <x:v>40309</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>42093</x:v>
+        <x:v>42086</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>586642</x:v>
+        <x:v>588550</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>35551</x:v>
+        <x:v>39356</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>572553</x:v>
+        <x:v>586642</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>37872</x:v>
+        <x:v>35551</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>42069</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>585634</x:v>
+        <x:v>572553</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39356</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>572584</x:v>
+        <x:v>551467</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39356</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s"/>
-      <x:c r="F76" s="14" t="s"/>
+      <x:c r="E76" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F76" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="G76" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>551467</x:v>
+        <x:v>599083</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39356</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
-      <x:c r="E77" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42093</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>599083</x:v>
+        <x:v>572584</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>46</x:v>
@@ -5880,51 +5882,51 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>590623</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42069</x:v>
@@ -6050,51 +6052,51 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>586639</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="G82" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>101</x:v>
@@ -6227,51 +6229,51 @@
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>590624</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
@@ -6381,51 +6383,51 @@
       <x:c r="J87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>570917</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38015</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
@@ -6514,51 +6516,51 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>579967</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39356</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G90" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>101</x:v>
@@ -6577,51 +6579,51 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>588253</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42069</x:v>
@@ -6631,51 +6633,51 @@
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>572214</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>46</x:v>
@@ -6728,116 +6730,116 @@
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>585931</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>585933</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">