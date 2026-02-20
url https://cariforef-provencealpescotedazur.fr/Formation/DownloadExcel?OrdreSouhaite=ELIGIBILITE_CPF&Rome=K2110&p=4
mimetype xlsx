--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -395,105 +395,105 @@
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formateur aux métiers de l'éducation et de la sécurité routières</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite auto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formateur aux métiers de l'éducation et de la sécurité routières</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel enseignant de la conduite et de la sécurité routière (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Orange Auto-Ecole</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2027 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>01/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel enseignant de la conduite et de la sécurité routière - Compétences climat écoconduite</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
@@ -2570,494 +2570,493 @@
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>580580</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>35329</x:v>
+        <x:v>39726</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>31802</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>566886</x:v>
+        <x:v>576191</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>39726</x:v>
+        <x:v>35329</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>31812</x:v>
+        <x:v>31802</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>571465</x:v>
+        <x:v>602678</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>113</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="H30" s="14" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>605344</x:v>
+        <x:v>602851</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>39726</x:v>
+        <x:v>35329</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>31812</x:v>
+        <x:v>31802</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>576191</x:v>
+        <x:v>554617</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>35329</x:v>
+        <x:v>41862</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s"/>
-      <x:c r="F32" s="14" t="s"/>
+      <x:c r="E32" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F32" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G32" s="14" t="s">
-        <x:v>25</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>602678</x:v>
+        <x:v>612894</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>68</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>602851</x:v>
+        <x:v>566886</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>35329</x:v>
+        <x:v>39726</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>25</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>31802</x:v>
+        <x:v>31812</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>554617</x:v>
+        <x:v>571465</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>41862</x:v>
+        <x:v>35329</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
-      <x:c r="E35" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>612894</x:v>
+        <x:v>605344</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">