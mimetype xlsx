--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -1085,315 +1085,315 @@
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional La Coudoulière</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Charles Privat</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée des Eucalyptus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPTR de L'Estaque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Stanislas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCIL maintenance des automobiles de collection et de compétition</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construction automobile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>diplôme d'expert en automobile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURIOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Robert Schuman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Joseph</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP J Raynaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cfa Salon de Provence</x:t>
   </x:si>
   <x:si>
-    <x:t>PERTUIS</x:t>
-[...2 lines deleted...]
-    <x:t>09/23/2027 00:00:00</x:t>
+    <x:t>LP le Chatelier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRVE P2 - P3 : installer des bornes de recharge AC ou DC avec configuration spécifique pour la communication ou la supervision - ELV023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP J Dolle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Masséna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée des Eucalyptus</x:t>
-[...82 lines deleted...]
-  <x:si>
     <x:t>LP les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des véhicules option B : véhicules de transport routier</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>EMP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mécanicien automobile (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>EMP</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance des véhicules - Option A Voitures particulières</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP maintenance nautique (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi longue durée , Demandeur d'emploi plus de 26 ans , Jeune 16-25 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS Maintenance des véhicules - Option A Voitures particulières</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS Maintenance des véhicules - Option C Motocycles</x:t>
   </x:si>
   <x:si>
     <x:t>CAP MVTR- Maintenance des véhicules - Option véhicules de transport routier (à partir de la rentrée 2025)</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanicien de maintenance automobile</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Maintenance des véhicules - Option B Véhicules de transport routier</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Mécanicien réparateur de véhicules industriels - Option Maintenance Cars et Bus</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP maintenance nautique (Contrat de Professionnalisation)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Effectuer l’entretien périodique, remplacer les pneus et les éléments du système de freinage des véhicules automobiles - Bloc de compétences du titre professionnel mécanicien automobile</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Contrôleur technique de véhicules légers - version courte</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BAC PRO Maintenance des véhicules - Option C - Motocycles</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BAC PRO Maintenance des véhicules - Option C - Motocycles</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel mécanicien de maintenance automobile</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Maintenance des véhicules - Option Véhicules légers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Contrôleur technique de véhicules légers</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance des véhicules - Option B Véhicules de transport routier</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Effectuer l’entretien périodique, remplacer les pneus et les éléments du système de freinage des véhicules automobiles - Bloc de compétences du titre professionnel mécanicien de maintenance automobile</x:t>
   </x:si>
@@ -16502,1036 +16502,1041 @@
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>448699</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>40996</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H251" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>602892</x:v>
+        <x:v>448625</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>40996</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>600295</x:v>
+        <x:v>451676</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>244</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
-      <x:c r="E253" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>240</x:v>
-[...2 lines deleted...]
-        <x:v>241</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>84</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>616844</x:v>
+        <x:v>607192</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
-      <x:c r="E254" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>110</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q254" s="16" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R254" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="Q254" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>600578</x:v>
+        <x:v>607195</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C255" s="3" t="s"/>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C255" s="3" t="n">
+        <x:v>39809</x:v>
+      </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="J255" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>23651</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>607192</x:v>
+        <x:v>494195</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C256" s="15" t="s"/>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C256" s="15" t="n">
+        <x:v>40996</x:v>
+      </x:c>
       <x:c r="D256" s="15" t="s"/>
-      <x:c r="E256" s="14" t="s"/>
+      <x:c r="E256" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H256" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J256" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J256" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="K256" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>23651</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>607195</x:v>
+        <x:v>604783</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
+      <x:c r="E257" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>494195</x:v>
+        <x:v>609706</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>40996</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>604783</x:v>
+        <x:v>608778</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>609706</x:v>
+        <x:v>604875</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>608778</x:v>
+        <x:v>591824</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>604875</x:v>
+        <x:v>549448</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>38101</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>591824</x:v>
+        <x:v>549590</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>549448</x:v>
+        <x:v>549619</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>549590</x:v>
+        <x:v>494773</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>549619</x:v>
+        <x:v>494815</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>127</x:v>
-[...1 lines deleted...]
-      <x:c r="H266" s="14" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>494773</x:v>
+        <x:v>495831</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>494815</x:v>
+        <x:v>553216</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>37</x:v>
@@ -17542,407 +17547,417 @@
       <x:c r="K268" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>495831</x:v>
+        <x:v>459443</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>23602</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>553216</x:v>
+        <x:v>577636</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>459443</x:v>
+        <x:v>601713</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>277</x:v>
-[...1 lines deleted...]
-      <x:c r="C271" s="3" t="s"/>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C271" s="3" t="n">
+        <x:v>39809</x:v>
+      </x:c>
       <x:c r="D271" s="3" t="s"/>
+      <x:c r="E271" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="J271" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>594208</x:v>
+        <x:v>578679</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>38101</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>577636</x:v>
+        <x:v>552812</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>601713</x:v>
+        <x:v>502180</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H274" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H274" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I274" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>578679</x:v>
+        <x:v>552876</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -17952,4067 +17967,4055 @@
       <x:c r="K275" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>552812</x:v>
+        <x:v>502316</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>37670</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>502180</x:v>
+        <x:v>511032</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>552876</x:v>
+        <x:v>614538</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>502316</x:v>
+        <x:v>614553</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>240</x:v>
-[...2 lines deleted...]
-        <x:v>241</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>511032</x:v>
+        <x:v>547542</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>41864</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>237</x:v>
-[...1 lines deleted...]
-      <x:c r="H280" s="14" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I280" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>614538</x:v>
+        <x:v>496953</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>41864</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>240</x:v>
-[...2 lines deleted...]
-        <x:v>241</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>614553</x:v>
+        <x:v>479452</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
-      <x:c r="E282" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>547542</x:v>
+        <x:v>597098</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
-      <x:c r="E283" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>198</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>199</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>496953</x:v>
+        <x:v>594206</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
-      <x:c r="E284" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23646</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>479452</x:v>
+        <x:v>594247</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
-      <x:c r="E285" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>76</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>448625</x:v>
+        <x:v>616746</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>39943</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
-      <x:c r="E286" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>451676</x:v>
+        <x:v>597257</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
+      <x:c r="E287" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H287" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>23602</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>597098</x:v>
+        <x:v>604784</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
-        <x:v>146</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>347</x:v>
-[...1 lines deleted...]
-      <x:c r="C288" s="15" t="s"/>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C288" s="15" t="n">
+        <x:v>40997</x:v>
+      </x:c>
       <x:c r="D288" s="15" t="s"/>
-      <x:c r="E288" s="14" t="s"/>
+      <x:c r="E288" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>184</x:v>
-[...1 lines deleted...]
-      <x:c r="H288" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H288" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I288" s="16" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="J288" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J288" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K288" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>23646</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>594247</x:v>
+        <x:v>604816</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
+      <x:c r="E289" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H289" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>544797</x:v>
+        <x:v>604818</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>224</x:v>
-[...1 lines deleted...]
-      <x:c r="C290" s="15" t="s"/>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C290" s="15" t="n">
+        <x:v>40996</x:v>
+      </x:c>
       <x:c r="D290" s="15" t="s"/>
-      <x:c r="E290" s="14" t="s"/>
+      <x:c r="E290" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="J290" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J290" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>616746</x:v>
+        <x:v>604838</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>39943</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
+      <x:c r="E291" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H291" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>597257</x:v>
+        <x:v>608781</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>40996</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>604784</x:v>
+        <x:v>608785</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>604816</x:v>
+        <x:v>501130</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>604818</x:v>
+        <x:v>501148</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>40996</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>604838</x:v>
+        <x:v>501152</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>608781</x:v>
+        <x:v>515641</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>608785</x:v>
+        <x:v>501512</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>501130</x:v>
+        <x:v>501880</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>501148</x:v>
+        <x:v>547853</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>501152</x:v>
+        <x:v>549445</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>515641</x:v>
+        <x:v>549582</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>501512</x:v>
+        <x:v>547789</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>501880</x:v>
+        <x:v>549588</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H304" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H304" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I304" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>547853</x:v>
+        <x:v>553215</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>549445</x:v>
+        <x:v>553235</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>549582</x:v>
+        <x:v>553273</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>549588</x:v>
+        <x:v>553274</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>553215</x:v>
+        <x:v>556435</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>553235</x:v>
+        <x:v>601697</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>553273</x:v>
+        <x:v>552690</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>553274</x:v>
+        <x:v>517856</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>556435</x:v>
+        <x:v>614541</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
-        <x:v>40996</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>104</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>601697</x:v>
+        <x:v>614559</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>552690</x:v>
+        <x:v>605960</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H315" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>517856</x:v>
+        <x:v>608747</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
-        <x:v>41864</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>614541</x:v>
+        <x:v>496894</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>41864</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>614559</x:v>
+        <x:v>565911</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
-        <x:v>40996</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>127</x:v>
-[...1 lines deleted...]
-      <x:c r="H318" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H318" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I318" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>605960</x:v>
+        <x:v>448677</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>40996</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>608747</x:v>
+        <x:v>601994</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
-      <x:c r="E320" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>198</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>199</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>496894</x:v>
+        <x:v>607190</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
-      <x:c r="E321" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>218</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>565911</x:v>
+        <x:v>561400</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>131</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
-      <x:c r="E322" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>448677</x:v>
+        <x:v>561410</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>285</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
-      <x:c r="E323" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>138</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>23602</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>601994</x:v>
+        <x:v>561413</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>23651</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>607190</x:v>
+        <x:v>561416</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>561400</x:v>
+        <x:v>561424</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="C326" s="15" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C326" s="15" t="n">
+        <x:v>39809</x:v>
+      </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="J326" s="14" t="s"/>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="J326" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>23654</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>561410</x:v>
+        <x:v>557484</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>213</x:v>
-[...1 lines deleted...]
-      <x:c r="C327" s="3" t="s"/>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C327" s="3" t="n">
+        <x:v>37670</x:v>
+      </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="J327" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>561413</x:v>
+        <x:v>597096</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>23654</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>561416</x:v>
+        <x:v>611909</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>325</x:v>
-[...1 lines deleted...]
-      <x:c r="C329" s="3" t="s"/>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C329" s="3" t="n">
+        <x:v>40996</x:v>
+      </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="J329" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>23651</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>561424</x:v>
+        <x:v>592427</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>557484</x:v>
+        <x:v>592434</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>23602</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>597096</x:v>
+        <x:v>592439</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>192</x:v>
-[...1 lines deleted...]
-      <x:c r="C332" s="15" t="s"/>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C332" s="15" t="n">
+        <x:v>40997</x:v>
+      </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>194</x:v>
-[...1 lines deleted...]
-      <x:c r="J332" s="14" t="s"/>
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="J332" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>23651</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>611909</x:v>
+        <x:v>592444</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>40996</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>592427</x:v>
+        <x:v>592445</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
-        <x:v>146</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
-        <x:v>40996</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>592434</x:v>
+        <x:v>557482</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
+      <x:c r="E335" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>592439</x:v>
+        <x:v>602892</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
-        <x:v>146</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
-      <x:c r="E336" s="14" t="s"/>
+      <x:c r="E336" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>356</x:v>
-[...1 lines deleted...]
-      <x:c r="H336" s="14" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H336" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I336" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>592444</x:v>
+        <x:v>600295</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
+      <x:c r="E337" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="H337" s="0" t="s">
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>592445</x:v>
+        <x:v>616844</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
-        <x:v>146</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
-      <x:c r="E338" s="14" t="s"/>
+      <x:c r="E338" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>592448</x:v>
+        <x:v>600578</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>209</x:v>
-[...1 lines deleted...]
-      <x:c r="C339" s="3" t="s"/>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C339" s="3" t="n">
+        <x:v>40997</x:v>
+      </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="J339" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>561406</x:v>
+        <x:v>592448</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>561418</x:v>
+        <x:v>561406</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>561421</x:v>
+        <x:v>561418</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>93</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>557482</x:v>
+        <x:v>561421</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>277</x:v>
-[...1 lines deleted...]
-      <x:c r="C343" s="3" t="s"/>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C343" s="3" t="n">
+        <x:v>37670</x:v>
+      </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
+      <x:c r="J343" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>594206</x:v>
+        <x:v>597099</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>250</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="J344" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>597099</x:v>
+        <x:v>594207</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>594207</x:v>
+        <x:v>594208</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -22158,78 +22161,78 @@
       <x:c r="S348" s="14" t="n">
         <x:v>592429</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>592432</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
@@ -22367,2424 +22370,2440 @@
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>592465</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>595850</x:v>
+        <x:v>544797</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
-      <x:c r="E354" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>110</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>600558</x:v>
+        <x:v>561402</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>229</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>570032</x:v>
+        <x:v>561409</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>23651</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>610887</x:v>
+        <x:v>561411</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>23651</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>610889</x:v>
+        <x:v>561422</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
-        <x:v>146</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>176</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>592442</x:v>
+        <x:v>561425</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>176</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>301</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>592451</x:v>
+        <x:v>561426</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>592454</x:v>
+        <x:v>595850</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
-        <x:v>40996</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
+      <x:c r="E361" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>592463</x:v>
+        <x:v>600558</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
-        <x:v>146</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
-        <x:v>40996</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>319</x:v>
-[...1 lines deleted...]
-      <x:c r="H362" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H362" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I362" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>592466</x:v>
+        <x:v>570032</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>283</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>291</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>592470</x:v>
+        <x:v>610887</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>23654</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>561402</x:v>
+        <x:v>610889</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>209</x:v>
-[...1 lines deleted...]
-      <x:c r="C365" s="3" t="s"/>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C365" s="3" t="n">
+        <x:v>40997</x:v>
+      </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J365" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>561409</x:v>
+        <x:v>592442</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="C366" s="15" t="s"/>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C366" s="15" t="n">
+        <x:v>40997</x:v>
+      </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="J366" s="14" t="s"/>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="J366" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K366" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>23654</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>561411</x:v>
+        <x:v>592451</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>214</x:v>
-[...1 lines deleted...]
-      <x:c r="C367" s="3" t="s"/>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C367" s="3" t="n">
+        <x:v>40997</x:v>
+      </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="J367" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>561422</x:v>
+        <x:v>592454</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>325</x:v>
-[...1 lines deleted...]
-      <x:c r="C368" s="15" t="s"/>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C368" s="15" t="n">
+        <x:v>40996</x:v>
+      </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="J368" s="14" t="s"/>
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="J368" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="K368" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>23651</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>561425</x:v>
+        <x:v>592463</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>325</x:v>
-[...1 lines deleted...]
-      <x:c r="C369" s="3" t="s"/>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C369" s="3" t="n">
+        <x:v>40996</x:v>
+      </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="J369" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>23651</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>561426</x:v>
+        <x:v>592466</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>491854</x:v>
+        <x:v>592470</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>23649</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>615413</x:v>
+        <x:v>594205</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>116</x:v>
-[...1 lines deleted...]
-      <x:c r="C372" s="15" t="s"/>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C372" s="15" t="n">
+        <x:v>40996</x:v>
+      </x:c>
       <x:c r="D372" s="15" t="s"/>
-      <x:c r="E372" s="14" t="s"/>
+      <x:c r="E372" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="J372" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J372" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>23649</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>615414</x:v>
+        <x:v>604700</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>277</x:v>
-[...1 lines deleted...]
-      <x:c r="C373" s="3" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C373" s="3" t="n">
+        <x:v>40009</x:v>
+      </x:c>
       <x:c r="D373" s="3" t="s"/>
+      <x:c r="E373" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H373" s="0" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J373" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>594205</x:v>
+        <x:v>508752</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
-        <x:v>40996</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>604700</x:v>
+        <x:v>508755</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>508752</x:v>
+        <x:v>604874</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40840</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>508755</x:v>
+        <x:v>608844</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>604874</x:v>
+        <x:v>604150</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
-        <x:v>40840</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>608844</x:v>
+        <x:v>604207</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
-        <x:v>40996</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>604150</x:v>
+        <x:v>501572</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>604207</x:v>
+        <x:v>604361</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>501572</x:v>
+        <x:v>604382</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>40996</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>604361</x:v>
+        <x:v>547833</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>604382</x:v>
+        <x:v>547839</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>217</x:v>
-[...1 lines deleted...]
-      <x:c r="H384" s="14" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H384" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="I384" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>547789</x:v>
+        <x:v>549451</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>36886</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H385" s="0" t="s">
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>547833</x:v>
+        <x:v>549454</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>36886</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H386" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H386" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="I386" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>547839</x:v>
+        <x:v>549601</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>549451</x:v>
+        <x:v>553276</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>36886</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>549454</x:v>
+        <x:v>456587</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>36886</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>549601</x:v>
+        <x:v>558734</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>553276</x:v>
+        <x:v>601709</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H391" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>456587</x:v>
+        <x:v>602229</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>217</x:v>
-[...1 lines deleted...]
-      <x:c r="H392" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H392" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I392" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>558734</x:v>
+        <x:v>502052</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>601709</x:v>
+        <x:v>502122</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>41864</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I394" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>602229</x:v>
+        <x:v>502172</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -24794,929 +24813,910 @@
       <x:c r="K395" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>502052</x:v>
+        <x:v>552874</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>502122</x:v>
+        <x:v>517857</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>502172</x:v>
+        <x:v>608737</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>552874</x:v>
+        <x:v>547709</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>517857</x:v>
+        <x:v>547756</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>40996</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>608737</x:v>
+        <x:v>478660</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-        <x:v>137</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>547709</x:v>
+        <x:v>493112</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>217</x:v>
-[...1 lines deleted...]
-      <x:c r="H402" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H402" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I402" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>547756</x:v>
+        <x:v>448676</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H403" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>478660</x:v>
+        <x:v>451675</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
-      <x:c r="E404" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>217</x:v>
-[...1 lines deleted...]
-      <x:c r="H404" s="14" t="s"/>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H404" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
       <x:c r="I404" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>493112</x:v>
+        <x:v>557451</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
-      <x:c r="E405" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>76</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>448676</x:v>
+        <x:v>561414</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
-      <x:c r="E406" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>451675</x:v>
+        <x:v>561417</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-        <x:v>137</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>557451</x:v>
+        <x:v>587973</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>213</x:v>
-[...1 lines deleted...]
-      <x:c r="C408" s="15" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C408" s="15" t="n">
+        <x:v>39809</x:v>
+      </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="J408" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="J408" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>23654</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>561414</x:v>
+        <x:v>491854</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H409" s="0" t="s">
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>561417</x:v>
+        <x:v>615413</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>217</x:v>
-[...1 lines deleted...]
-      <x:c r="H410" s="14" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H410" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
       <x:c r="I410" s="16" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>587973</x:v>
+        <x:v>615414</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
@@ -25783,1417 +25783,1419 @@
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>564534</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-        <x:v>137</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>564554</x:v>
+        <x:v>518575</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>587262</x:v>
+        <x:v>523511</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>38101</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>540491</x:v>
+        <x:v>564554</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>585550</x:v>
+        <x:v>587262</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>35227</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>585551</x:v>
+        <x:v>540491</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>37670</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>295</x:v>
-[...1 lines deleted...]
-      <x:c r="H418" s="14" t="s"/>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H418" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>518575</x:v>
+        <x:v>585550</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>35227</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H419" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>523511</x:v>
+        <x:v>585551</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>38102</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H420" s="14" t="s"/>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H420" s="14" t="s">
+        <x:v>226</x:v>
+      </x:c>
       <x:c r="I420" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>564543</x:v>
+        <x:v>572826</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>38102</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>572826</x:v>
+        <x:v>572840</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>38102</x:v>
+        <x:v>37320</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>572840</x:v>
+        <x:v>571639</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>571639</x:v>
+        <x:v>570923</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>37320</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>225</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>23649</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>570923</x:v>
+        <x:v>515273</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="H425" s="0" t="s">
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>515273</x:v>
+        <x:v>606287</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>240</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>606287</x:v>
+        <x:v>493633</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H427" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>493633</x:v>
+        <x:v>550642</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>37320</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>550642</x:v>
+        <x:v>532225</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>532225</x:v>
+        <x:v>568561</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>37320</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>23649</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>568561</x:v>
+        <x:v>577394</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
-        <x:v>38101</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>577394</x:v>
+        <x:v>564543</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>35227</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>617135</x:v>
+        <x:v>460644</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H433" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>460644</x:v>
+        <x:v>572453</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>572453</x:v>
+        <x:v>572457</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>572457</x:v>
+        <x:v>542488</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>35227</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H436" s="14" t="s"/>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H436" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
       <x:c r="I436" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>542488</x:v>
+        <x:v>617135</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -27220,391 +27222,391 @@
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>583836</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
-        <x:v>38101</x:v>
+        <x:v>37320</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I438" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>576032</x:v>
+        <x:v>559660</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>587258</x:v>
+        <x:v>543636</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
-        <x:v>38101</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>576031</x:v>
+        <x:v>523514</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
-        <x:v>37320</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>225</x:v>
-[...2 lines deleted...]
-        <x:v>226</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
-        <x:v>23649</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>559660</x:v>
+        <x:v>587258</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>127</x:v>
-[...1 lines deleted...]
-      <x:c r="H442" s="14" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H442" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="I442" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>543636</x:v>
+        <x:v>576031</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H443" s="0" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>523514</x:v>
+        <x:v>576032</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I444" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -27676,99 +27678,99 @@
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>616744</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>576013</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -27903,51 +27905,51 @@
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>589763</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I450" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -28064,51 +28066,51 @@
       <x:c r="L452" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>559815</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -28132,51 +28134,51 @@
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>532296</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>27</x:v>
@@ -28421,51 +28423,51 @@
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>568530</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>23615</x:v>
@@ -28475,51 +28477,51 @@
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>572456</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I460" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -28534,51 +28536,51 @@
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>541907</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>23637</x:v>
@@ -28867,51 +28869,51 @@
       <x:c r="M466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>564538</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -29043,108 +29045,108 @@
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>573305</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>571472</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>23615</x:v>
@@ -29213,51 +29215,51 @@
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>532226</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>23637</x:v>
@@ -29430,51 +29432,51 @@
       <x:c r="M476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>587885</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>35227</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -29780,51 +29782,51 @@
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>610944</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>27</x:v>
@@ -29953,51 +29955,51 @@
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>571638</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -30407,51 +30409,51 @@
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>563966</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I494" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -30637,51 +30639,51 @@
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>568562</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -30750,51 +30752,51 @@
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>587819</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -30923,51 +30925,51 @@
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>587260</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>27</x:v>
@@ -31151,97 +31153,97 @@
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>571471</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>551754</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -31262,51 +31264,51 @@
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>551761</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>27</x:v>
@@ -31319,51 +31321,51 @@
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>564555</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>27</x:v>
@@ -31376,51 +31378,51 @@
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>587907</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>23637</x:v>
@@ -31489,108 +31491,108 @@
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>616763</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>539905</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>27</x:v>
@@ -31820,51 +31822,51 @@
       <x:c r="M518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>491865</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -31882,51 +31884,51 @@
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>493049</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>27</x:v>
@@ -31939,51 +31941,51 @@
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>493610</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>23615</x:v>
@@ -32104,51 +32106,51 @@
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>564548</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>27</x:v>
@@ -32161,51 +32163,51 @@
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>564552</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>23635</x:v>