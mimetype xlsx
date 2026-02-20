--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -2597,460 +2597,460 @@
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>603210</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>41085</x:v>
+        <x:v>37494</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>501912</x:v>
+        <x:v>599705</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>37238</x:v>
+        <x:v>41085</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>22435</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>548869</x:v>
+        <x:v>501912</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>37538</x:v>
+        <x:v>37238</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>45582</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>548883</x:v>
+        <x:v>548869</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>556745</x:v>
+        <x:v>548883</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>45582</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>552762</x:v>
+        <x:v>556745</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>37238</x:v>
+        <x:v>37538</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>22435</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>552845</x:v>
+        <x:v>552762</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>37494</x:v>
+        <x:v>37238</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>45582</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>599705</x:v>
+        <x:v>552845</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37538</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>26</x:v>
       </x:c>