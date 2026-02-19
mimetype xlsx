--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -743,59 +743,59 @@
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
+    <x:t>08/28/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS bioqualité (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>08/28/2023 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences et technologies</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours biologie médicale et biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies</x:t>
@@ -959,78 +959,78 @@
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>BTS bioanalyses et contrôles (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel technicien de laboratoire (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress Sup</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress Sup - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Jean Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie et génie biologique</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
@@ -5632,280 +5632,280 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>611635</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>36772</x:v>
+        <x:v>13874</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>12065</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>501477</x:v>
+        <x:v>445697</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>35335</x:v>
+        <x:v>36772</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>12065</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>549462</x:v>
+        <x:v>501477</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>38382</x:v>
+        <x:v>35335</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>11523</x:v>
+        <x:v>12065</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>604334</x:v>
+        <x:v>549462</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>13874</x:v>
+        <x:v>38382</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>12065</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>445697</x:v>
+        <x:v>604334</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8535,51 +8535,51 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>592531</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>35335</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8713,51 +8713,51 @@
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>550309</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>35335</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
@@ -8892,941 +8892,941 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>547716</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>592015</x:v>
+        <x:v>594704</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>592018</x:v>
+        <x:v>594708</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>38883</x:v>
+        <x:v>35803</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>11421</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>597560</x:v>
+        <x:v>596033</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>38883</x:v>
+        <x:v>35494</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
+      <x:c r="E135" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>597561</x:v>
+        <x:v>603813</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>39690</x:v>
+        <x:v>41043</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s"/>
+      <x:c r="E136" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>177</x:v>
-[...1 lines deleted...]
-      <x:c r="H136" s="14" t="s"/>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>291</x:v>
+      </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>12065</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>592212</x:v>
+        <x:v>551825</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>35370</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
+      <x:c r="E137" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>596698</x:v>
+        <x:v>501478</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="C138" s="15" t="s"/>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C138" s="15" t="n">
+        <x:v>35310</x:v>
+      </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s"/>
+      <x:c r="E138" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>297</x:v>
-[...1 lines deleted...]
-      <x:c r="J138" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="J138" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>591946</x:v>
+        <x:v>546685</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>40500</x:v>
+        <x:v>35803</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
+      <x:c r="E139" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>11511</x:v>
+        <x:v>11421</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>592536</x:v>
+        <x:v>556870</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="C140" s="15" t="s"/>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C140" s="15" t="n">
+        <x:v>38978</x:v>
+      </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>594704</x:v>
+        <x:v>592015</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="C141" s="3" t="s"/>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C141" s="3" t="n">
+        <x:v>38978</x:v>
+      </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>594708</x:v>
+        <x:v>592018</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>35803</x:v>
+        <x:v>38883</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>11421</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>596033</x:v>
+        <x:v>597560</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>35494</x:v>
+        <x:v>38883</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
-      <x:c r="E143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>141</x:v>
-[...2 lines deleted...]
-        <x:v>130</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>11523</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>603813</x:v>
+        <x:v>597561</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>41043</x:v>
+        <x:v>39690</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>290</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>12065</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>551825</x:v>
+        <x:v>592212</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>36937</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
-      <x:c r="E145" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>21570</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>501478</x:v>
+        <x:v>596698</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>301</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
-      <x:c r="E146" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="J146" s="14" t="s"/>
+      <x:c r="K146" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L146" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M146" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N146" s="15" t="n">
+        <x:v>12081</x:v>
+      </x:c>
+      <x:c r="O146" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="P146" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="J146" s="14" t="s">
-[...17 lines deleted...]
-      <x:c r="P146" s="14" t="s">
+      <x:c r="Q146" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="Q146" s="16" t="s">
+      <x:c r="R146" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="R146" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>546685</x:v>
+        <x:v>591946</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>35803</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
-      <x:c r="E147" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>168</x:v>
-[...2 lines deleted...]
-        <x:v>169</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>11421</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>556870</x:v>
+        <x:v>592536</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>77</x:v>