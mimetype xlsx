--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -755,50 +755,53 @@
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Brise-Lames</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Nice - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
+    <x:t>08/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Hôtelier Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
@@ -809,53 +812,50 @@
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de gestion commerciale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Esgcv - Esarc</x:t>
   </x:si>
   <x:si>
     <x:t>Esgcv - Esarc - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
-    <x:t>08/26/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LP C Hugues</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESARC Evolution - ESGVC </x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>Vente additionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>École Tunon - Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jeanne et Paul Augier</x:t>
@@ -911,68 +911,68 @@
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Aéro Formations - Camas Formation</x:t>
   </x:si>
   <x:si>
     <x:t>93290</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Aéro Formations - Camas Formation - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
-    <x:t>03/12/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lycée Léon Blum</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>LP Brise-Lames</x:t>
   </x:si>
   <x:si>
     <x:t>Organiser sa billetterie et optimiser les ventes</x:t>
   </x:si>
   <x:si>
     <x:t>Arsud - L'outil des Arts et du Spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
@@ -1028,129 +1028,129 @@
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Aubanel</x:t>
   </x:si>
   <x:si>
     <x:t>84025</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS Tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel conseiller vendeur en voyages</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre National d'Enseignement à Distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHASSENEUIL-DU-POITOU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel conseiller vendeur en voyages BC3 concevoir et promouvoir un forfait touristique</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
-  </x:si>
-[...73 lines deleted...]
-    <x:t>03/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GASSIN</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller vendeur en voyages BC1 réserver des prestations touristiques</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller vendeur en voyages BC2 vendre des prestations touristiques</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
@@ -5378,792 +5378,792 @@
         <x:v>602901</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>552318</x:v>
+        <x:v>554544</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>513666</x:v>
+        <x:v>525192</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>229</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>494864</x:v>
+        <x:v>552318</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>601570</x:v>
+        <x:v>513666</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="H68" s="14" t="s"/>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s">
+        <x:v>231</x:v>
+      </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>602271</x:v>
+        <x:v>494864</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>34465</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>506613</x:v>
+        <x:v>601570</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>502705</x:v>
+        <x:v>602271</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>37890</x:v>
+        <x:v>34465</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>162</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>42654</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>500523</x:v>
+        <x:v>506613</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>496751</x:v>
+        <x:v>502705</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>546576</x:v>
+        <x:v>500523</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>556215</x:v>
+        <x:v>496751</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>554544</x:v>
+        <x:v>546576</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>525192</x:v>
+        <x:v>556215</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -6468,1138 +6468,1139 @@
       <x:c r="S82" s="14" t="n">
         <x:v>595004</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>504057</x:v>
+        <x:v>501437</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>501437</x:v>
+        <x:v>549481</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>549481</x:v>
+        <x:v>498293</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>37890</x:v>
+        <x:v>37295</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>42654</x:v>
+        <x:v>42648</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>498293</x:v>
+        <x:v>553401</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>37295</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>42648</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>553401</x:v>
+        <x:v>605211</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>605211</x:v>
+        <x:v>605212</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>605212</x:v>
+        <x:v>549283</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>125</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>549283</x:v>
+        <x:v>497036</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>497036</x:v>
+        <x:v>546104</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>131</x:v>
-[...1 lines deleted...]
-      <x:c r="H92" s="14" t="s"/>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>546104</x:v>
+        <x:v>556861</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>556861</x:v>
+        <x:v>556263</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>125</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>503934</x:v>
+        <x:v>602009</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>556263</x:v>
+        <x:v>503934</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>264</x:v>
-[...1 lines deleted...]
-      <x:c r="H96" s="14" t="s"/>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>265</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>42654</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>602009</x:v>
+        <x:v>611436</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
+      <x:c r="E97" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>594993</x:v>
+        <x:v>614690</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>594999</x:v>
+        <x:v>594993</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
-      <x:c r="E99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>552316</x:v>
+        <x:v>594999</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>548517</x:v>
+        <x:v>552316</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>607428</x:v>
+        <x:v>548517</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
@@ -7611,700 +7612,703 @@
       <x:c r="K102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>607429</x:v>
+        <x:v>607428</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>608379</x:v>
+        <x:v>607429</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>545175</x:v>
+        <x:v>608379</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>601568</x:v>
+        <x:v>545175</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>553826</x:v>
+        <x:v>601568</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>549020</x:v>
+        <x:v>553826</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>125</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>549242</x:v>
+        <x:v>549020</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>547296</x:v>
+        <x:v>549242</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>607946</x:v>
+        <x:v>547296</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>601078</x:v>
+        <x:v>607946</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>601355</x:v>
+        <x:v>601078</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>552182</x:v>
+        <x:v>601355</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>251</x:v>
@@ -8312,106 +8316,106 @@
       <x:c r="L114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>611434</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>611439</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>60</x:v>
@@ -8470,54 +8474,54 @@
       <x:c r="G117" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>495322</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
@@ -9293,54 +9297,54 @@
       <x:c r="G131" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>601799</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
@@ -9366,51 +9370,51 @@
       <x:c r="L132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>601354</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -9822,51 +9826,51 @@
       <x:c r="J140" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>599833</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9907,328 +9911,325 @@
         <x:v>550565</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>614690</x:v>
+        <x:v>500516</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>500516</x:v>
+        <x:v>497038</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>497038</x:v>
+        <x:v>556180</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>556180</x:v>
+        <x:v>601937</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>601937</x:v>
+        <x:v>552182</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -10409,277 +10410,273 @@
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>611479</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>250</x:v>
-[...1 lines deleted...]
-      <x:c r="C151" s="3" t="s"/>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C151" s="3" t="n">
+        <x:v>37890</x:v>
+      </x:c>
       <x:c r="D151" s="3" t="s"/>
+      <x:c r="E151" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-        <x:v>63</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
+      <x:c r="J151" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>34568</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>611436</x:v>
+        <x:v>504057</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>37295</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>42648</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>573659</x:v>
+        <x:v>566300</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
-      <x:c r="E153" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-        <x:v>97</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>583809</x:v>
+        <x:v>572352</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>609279</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -10697,221 +10694,221 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>518906</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>586209</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>597602</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>582028</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>51</x:v>
@@ -10988,194 +10985,194 @@
       <x:c r="R160" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>545488</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="I161" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="H161" s="0" t="s">
+      <x:c r="J161" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="K161" s="0" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="Q161" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="Q161" s="4" t="s">
+      <x:c r="R161" s="0" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>573438</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="H162" s="14" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="I162" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="H162" s="14" t="s">
+      <x:c r="J162" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="K162" s="14" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="Q162" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="Q162" s="16" t="s">
+      <x:c r="R162" s="14" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>615762</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>608089</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
@@ -11190,120 +11187,120 @@
       <x:c r="H164" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>556954</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>573652</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -11313,62 +11310,62 @@
       <x:c r="L166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>524990</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>51</x:v>
@@ -11429,119 +11426,119 @@
       <x:c r="L168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>588303</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>543836</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="U169" s="4" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -11602,295 +11599,301 @@
       <x:c r="J171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>583807</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
-      <x:c r="E172" s="14" t="s"/>
-      <x:c r="F172" s="14" t="s"/>
+      <x:c r="E172" s="14" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F172" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="G172" s="14" t="s">
-        <x:v>322</x:v>
-[...1 lines deleted...]
-      <x:c r="H172" s="14" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>566300</x:v>
+        <x:v>583809</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>37890</x:v>
+        <x:v>37295</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>42654</x:v>
+        <x:v>42648</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>572352</x:v>
+        <x:v>573659</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>509783</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>494233</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -12016,51 +12019,51 @@
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>614748</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>51</x:v>
@@ -12073,51 +12076,51 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>565239</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>51</x:v>
@@ -12130,51 +12133,51 @@
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>589716</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42654</x:v>
@@ -12193,84 +12196,84 @@
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>543682</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="I182" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="H182" s="14" t="s">
+      <x:c r="J182" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="K182" s="14" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="Q182" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="Q182" s="16" t="s">
+      <x:c r="R182" s="14" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>615774</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
@@ -12408,51 +12411,51 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>518900</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>42</x:v>
@@ -12465,51 +12468,51 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>614746</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>51</x:v>
@@ -12522,51 +12525,51 @@
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>504176</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -12581,51 +12584,51 @@
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>507663</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>51</x:v>
@@ -12638,51 +12641,51 @@
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>581758</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>51</x:v>
@@ -12729,190 +12732,190 @@
       <x:c r="H191" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>531266</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>573427</x:v>
+        <x:v>554774</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>554774</x:v>
+        <x:v>573427</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -13047,51 +13050,51 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>583808</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>51</x:v>
@@ -13104,90 +13107,90 @@
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>606269</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>493047</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
@@ -13217,51 +13220,51 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>576100</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>42</x:v>
@@ -13308,51 +13311,51 @@
       <x:c r="H201" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>608088</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
@@ -13367,74 +13370,74 @@
       <x:c r="H202" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>556953</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>51</x:v>
@@ -13447,51 +13450,51 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>553992</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>51</x:v>
@@ -13538,74 +13541,74 @@
       <x:c r="H205" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>531257</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>51</x:v>