--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -1031,50 +1031,68 @@
   <x:si>
     <x:t>Chargé de marketing digital et e-commerce (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de l'Alternance Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>ESAME</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prestashop administrateur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logiciel Prestashop</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COGOLIN</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable de la performance commerciale et du marketing digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Community manager (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sully</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Patrick Scherrer - Phebus Formation</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
@@ -1097,53 +1115,50 @@
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Google Workspace - collaboration, drive, docs, sheets, slides et planning</x:t>
   </x:si>
   <x:si>
     <x:t>Senza</x:t>
   </x:si>
   <x:si>
     <x:t>34070</x:t>
   </x:si>
   <x:si>
     <x:t>Service Apps for Works</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Communication B2B - Promouvoir son entreprise sur les réseaux sociaux professionnel (LinkedIn)</x:t>
   </x:si>
   <x:si>
     <x:t>Application réseau social professionnel</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>Conception designer UI - module 1</x:t>
   </x:si>
   <x:si>
     <x:t>Conception designer UI - module 3</x:t>
   </x:si>
   <x:si>
     <x:t>E-commerce et commercialisation en ligne web et mobile</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WooCommerce avec WordPress Créer une marketplace multivendeur</x:t>
@@ -1217,65 +1232,50 @@
   <x:si>
     <x:t>magistère droit journalisme et communication</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Droit presse</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/06/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE MY BS</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours création numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2021 00:00:00</x:t>
@@ -1694,50 +1694,53 @@
   <x:si>
     <x:t>Agence DM</x:t>
   </x:si>
   <x:si>
     <x:t>75010</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique familiale</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
+    <x:t>Social média acquisition, intelligence artificielle et GEO</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Les Coteaux</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable marketing digital stratégique et opérationnel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
@@ -1749,53 +1752,50 @@
     <x:t>Icademie Editions - Académie du Tourisme Neo Sphere</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Créer son site avec WordPress</x:t>
   </x:si>
   <x:si>
     <x:t>Com de Pépites</x:t>
   </x:si>
   <x:si>
     <x:t>13260</x:t>
   </x:si>
   <x:si>
     <x:t>Commerçant , Demandeur d'emploi , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>CASSIS</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Social média acquisition, intelligence artificielle et GEO</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>LOURMARIN</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Méditerranée Ordinateurs pour le Développement et l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
@@ -7899,2305 +7899,2306 @@
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>589818</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>320</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
-      <x:c r="E101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>212</x:v>
-[...2 lines deleted...]
-        <x:v>146</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>46359</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="Q101" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="R101" s="0" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="S101" s="0" t="n">
+        <x:v>611908</x:v>
+      </x:c>
+      <x:c r="T101" s="4" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="U101" s="4" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>140</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="C102" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="J102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>24223</x:v>
+        <x:v>70711</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>601341</x:v>
+        <x:v>578077</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>312</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
-      <x:c r="E103" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>316</x:v>
-[...2 lines deleted...]
-        <x:v>317</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>146</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>599654</x:v>
+        <x:v>603732</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>603910</x:v>
+        <x:v>603733</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>46337</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>615588</x:v>
+        <x:v>603738</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>612711</x:v>
+        <x:v>603745</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>186</x:v>
-[...2 lines deleted...]
-        <x:v>187</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>533166</x:v>
+        <x:v>603749</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>613093</x:v>
+        <x:v>603801</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>254</x:v>
-[...1 lines deleted...]
-      <x:c r="C109" s="3" t="s"/>
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="n">
+        <x:v>40248</x:v>
+      </x:c>
       <x:c r="D109" s="3" t="s"/>
+      <x:c r="E109" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="J109" s="0" t="s">
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>46335</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>613096</x:v>
+        <x:v>560767</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>254</x:v>
-[...1 lines deleted...]
-      <x:c r="C110" s="15" t="s"/>
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C110" s="15" t="n">
+        <x:v>40907</x:v>
+      </x:c>
       <x:c r="D110" s="15" t="s"/>
-      <x:c r="E110" s="14" t="s"/>
+      <x:c r="E110" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>44</x:v>
-[...1 lines deleted...]
-      <x:c r="J110" s="14" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="J110" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>24223</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>613099</x:v>
+        <x:v>601341</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>254</x:v>
-[...1 lines deleted...]
-      <x:c r="C111" s="3" t="s"/>
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C111" s="3" t="n">
+        <x:v>40377</x:v>
+      </x:c>
       <x:c r="D111" s="3" t="s"/>
+      <x:c r="E111" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="J111" s="0" t="s">
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>46335</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="S111" s="0" t="n">
+        <x:v>599654</x:v>
+      </x:c>
+      <x:c r="T111" s="4" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="U111" s="4" t="s">
         <x:v>332</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>613113</x:v>
+        <x:v>603910</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46337</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>613707</x:v>
+        <x:v>615588</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>72311</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>568733</x:v>
+        <x:v>612711</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>72420</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>568747</x:v>
+        <x:v>533166</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>534206</x:v>
+        <x:v>613093</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>43</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>30857</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>606834</x:v>
+        <x:v>613096</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>42</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>30857</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>606837</x:v>
+        <x:v>613099</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>43</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>30857</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>606841</x:v>
+        <x:v>613110</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>42</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>30857</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>606853</x:v>
+        <x:v>613113</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>43</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>30857</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>606865</x:v>
+        <x:v>613707</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>72311</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>542266</x:v>
+        <x:v>568733</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>72420</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>542267</x:v>
+        <x:v>568747</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E124" s="14" t="s"/>
+      <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>347</x:v>
-[...1 lines deleted...]
-      <x:c r="H124" s="14" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>34530</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>583770</x:v>
+        <x:v>534206</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>70707</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>616402</x:v>
+        <x:v>606834</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>175</x:v>
-[...1 lines deleted...]
-      <x:c r="H126" s="14" t="s"/>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>616610</x:v>
+        <x:v>606837</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>46359</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>612211</x:v>
+        <x:v>606841</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
-      <x:c r="E128" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E128" s="14" t="s"/>
+      <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>46359</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>583891</x:v>
+        <x:v>606853</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>46359</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>578585</x:v>
+        <x:v>606865</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>585515</x:v>
+        <x:v>542266</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>43</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>30857</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>613945</x:v>
+        <x:v>542267</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s"/>
-      <x:c r="F132" s="14" t="s"/>
+      <x:c r="E132" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F132" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="G132" s="14" t="s">
-        <x:v>42</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>30857</x:v>
+        <x:v>34530</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>613946</x:v>
+        <x:v>583770</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-        <x:v>43</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>30857</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>613965</x:v>
+        <x:v>616402</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>42</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>30857</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>613966</x:v>
+        <x:v>616610</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>13276</x:v>
+        <x:v>46359</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>592131</x:v>
+        <x:v>612211</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s"/>
-      <x:c r="F136" s="14" t="s"/>
+      <x:c r="E136" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F136" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="G136" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>611908</x:v>
+        <x:v>583891</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>70711</x:v>
+        <x:v>46359</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>578077</x:v>
+        <x:v>578585</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>603732</x:v>
+        <x:v>585515</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>46335</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>603733</x:v>
+        <x:v>613945</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>255</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>603738</x:v>
+        <x:v>613946</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>46335</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>603745</x:v>
+        <x:v>613965</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>255</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>603749</x:v>
+        <x:v>613966</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>46335</x:v>
+        <x:v>13276</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>603801</x:v>
+        <x:v>592131</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
@@ -10220,51 +10221,51 @@
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>552374</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>36</x:v>
@@ -10329,51 +10330,51 @@
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>596791</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="n">
         <x:v>3434</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10449,970 +10450,980 @@
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>554893</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="C149" s="3" t="s"/>
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C149" s="3" t="n">
+        <x:v>35354</x:v>
+      </x:c>
       <x:c r="D149" s="3" t="s"/>
+      <x:c r="E149" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="J149" s="0" t="s">
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>30857</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>606831</x:v>
+        <x:v>554929</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>140</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
-      <x:c r="E150" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>143</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>554929</x:v>
+        <x:v>596762</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>35354</x:v>
+        <x:v>40377</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>596762</x:v>
+        <x:v>592538</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>230</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>40377</x:v>
+        <x:v>34922</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>34093</x:v>
+        <x:v>46330</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>592538</x:v>
+        <x:v>571978</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>359</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>407</x:v>
-[...2 lines deleted...]
-        <x:v>146</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>46330</x:v>
+        <x:v>46343</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>571978</x:v>
+        <x:v>611843</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>46343</x:v>
+        <x:v>46359</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>611843</x:v>
+        <x:v>611907</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>46359</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>611907</x:v>
+        <x:v>603736</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>603736</x:v>
+        <x:v>603737</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>603737</x:v>
+        <x:v>603753</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>603753</x:v>
+        <x:v>603790</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>603790</x:v>
+        <x:v>603802</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>603802</x:v>
+        <x:v>603805</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
+      <x:c r="E161" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F161" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>46335</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>603805</x:v>
+        <x:v>583715</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G162" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>34093</x:v>
+        <x:v>46359</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>583715</x:v>
+        <x:v>583892</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>359</x:v>
-[...1 lines deleted...]
-      <x:c r="C163" s="3" t="s"/>
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C163" s="3" t="n">
+        <x:v>40377</x:v>
+      </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-        <x:v>120</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>360</x:v>
-[...2 lines deleted...]
-        <x:v>361</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="J163" s="0" t="s">
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>46359</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>583892</x:v>
+        <x:v>607315</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>40377</x:v>
+        <x:v>38472</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>607315</x:v>
+        <x:v>550653</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>38472</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>550653</x:v>
+        <x:v>603436</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>145</x:v>
@@ -11420,1150 +11431,1144 @@
       <x:c r="J166" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>603436</x:v>
+        <x:v>603437</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="C167" s="3" t="s"/>
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C167" s="3" t="n">
+        <x:v>35354</x:v>
+      </x:c>
       <x:c r="D167" s="3" t="s"/>
+      <x:c r="E167" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="J167" s="0" t="s">
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>30857</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>606849</x:v>
+        <x:v>554895</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>35354</x:v>
+        <x:v>38025</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>32047</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>603437</x:v>
+        <x:v>602450</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>35354</x:v>
+        <x:v>38025</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>143</x:v>
-[...2 lines deleted...]
-        <x:v>144</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>554895</x:v>
+        <x:v>605215</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>38025</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>34052</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>602450</x:v>
+        <x:v>453855</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>38025</x:v>
+        <x:v>35500</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H171" s="0" t="s">
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>34052</x:v>
+        <x:v>24223</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>605215</x:v>
+        <x:v>556135</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>35354</x:v>
+        <x:v>38025</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>143</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>32047</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>453855</x:v>
+        <x:v>552112</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>293</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
-      <x:c r="E173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>143</x:v>
-[...2 lines deleted...]
-        <x:v>144</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>145</x:v>
-[...2 lines deleted...]
-        <x:v>146</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>24223</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>556135</x:v>
+        <x:v>612710</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>140</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>310</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>436</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>34052</x:v>
+        <x:v>46359</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>552112</x:v>
+        <x:v>608222</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>254</x:v>
-[...1 lines deleted...]
-      <x:c r="C175" s="3" t="s"/>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C175" s="3" t="n">
+        <x:v>35501</x:v>
+      </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="J175" s="0" t="s">
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>46335</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>612710</x:v>
+        <x:v>596789</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>46359</x:v>
+        <x:v>71910</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>608222</x:v>
+        <x:v>613023</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>391</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>393</x:v>
-[...2 lines deleted...]
-        <x:v>146</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>596789</x:v>
+        <x:v>613090</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>71910</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>613023</x:v>
+        <x:v>613107</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>46335</x:v>
+        <x:v>46333</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>613090</x:v>
+        <x:v>613708</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>613107</x:v>
+        <x:v>613115</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>46333</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>613708</x:v>
+        <x:v>613117</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>255</x:v>
-[...1 lines deleted...]
-      <x:c r="H182" s="14" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>613115</x:v>
+        <x:v>534198</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>46335</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>613117</x:v>
+        <x:v>467583</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>534198</x:v>
+        <x:v>577832</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>467583</x:v>
+        <x:v>606831</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="H186" s="14" t="s"/>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>577832</x:v>
+        <x:v>606849</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>36</x:v>
@@ -12670,51 +12675,51 @@
       <x:c r="L189" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>616401</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
@@ -12723,51 +12728,51 @@
       <x:c r="L190" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>616407</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
@@ -12949,72 +12954,72 @@
         <x:v>611788</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>616624</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
@@ -13284,51 +13289,51 @@
       <x:c r="I201" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>613938</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -13435,51 +13440,51 @@
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>70711</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>589732</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
@@ -13874,144 +13879,144 @@
       <x:c r="M212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>596795</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>613706</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>613104</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>44</x:v>
@@ -14033,93 +14038,93 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>613118</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>72311</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>568732</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>36</x:v>
@@ -14173,51 +14178,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>606856</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>43</x:v>
@@ -14508,90 +14513,90 @@
       <x:c r="R224" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>576585</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>596760</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
@@ -14689,77 +14694,77 @@
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>616616</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
@@ -14823,51 +14828,51 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>570549</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>41364</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>37</x:v>
@@ -14933,244 +14938,244 @@
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>614288</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>72311</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>568730</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>72311</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>568731</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>568743</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>568744</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
@@ -15189,51 +15194,51 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>541939</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
@@ -15284,255 +15289,255 @@
       <x:c r="L239" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>616400</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>616403</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>616406</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>616601</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>616611</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
@@ -15691,51 +15696,51 @@
       <x:c r="I247" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>613952</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -15763,51 +15768,51 @@
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>613961</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>46330</x:v>
@@ -16124,1189 +16129,1189 @@
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>611845</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>63</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>46343</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>611848</x:v>
+        <x:v>616884</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>46359</x:v>
+        <x:v>46343</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>611875</x:v>
+        <x:v>611848</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>611881</x:v>
+        <x:v>611875</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>46347</x:v>
+        <x:v>46359</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>611915</x:v>
+        <x:v>611881</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>255</x:v>
-[...1 lines deleted...]
-      <x:c r="H260" s="14" t="s"/>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="I260" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>46347</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>603743</x:v>
+        <x:v>611915</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>603789</x:v>
+        <x:v>603743</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>603794</x:v>
+        <x:v>603789</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>323</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
-      <x:c r="E263" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>113</x:v>
-[...2 lines deleted...]
-        <x:v>146</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>24223</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>548480</x:v>
+        <x:v>603794</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>35517</x:v>
+        <x:v>40907</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>240</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>15052</x:v>
+        <x:v>24223</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="Q264" s="16" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="R264" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="S264" s="14" t="n">
+        <x:v>548480</x:v>
+      </x:c>
+      <x:c r="T264" s="16" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="U264" s="16" t="s">
         <x:v>547</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>35354</x:v>
+        <x:v>35517</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>15052</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>603434</x:v>
+        <x:v>608280</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>40248</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>321</x:v>
-[...1 lines deleted...]
-      <x:c r="H266" s="14" t="s"/>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>603544</x:v>
+        <x:v>603434</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>36460</x:v>
+        <x:v>40248</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>553387</x:v>
+        <x:v>603544</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>40377</x:v>
+        <x:v>36460</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>603643</x:v>
+        <x:v>553387</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>603644</x:v>
+        <x:v>603643</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>34922</x:v>
+        <x:v>40377</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>46330</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>535474</x:v>
+        <x:v>603644</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="C271" s="3" t="s"/>
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C271" s="3" t="n">
+        <x:v>34922</x:v>
+      </x:c>
       <x:c r="D271" s="3" t="s"/>
+      <x:c r="E271" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
+      <x:c r="J271" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>70707</x:v>
+        <x:v>46330</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>603902</x:v>
+        <x:v>535474</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>30857</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>599881</x:v>
+        <x:v>603902</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>70707</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>580364</x:v>
+        <x:v>599881</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>34093</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>616785</x:v>
+        <x:v>580364</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>616884</x:v>
+        <x:v>616785</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>603729</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>44</x:v>
@@ -17489,51 +17494,51 @@
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>583932</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
@@ -17762,71 +17767,71 @@
       <x:c r="I285" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>509936</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
@@ -18142,102 +18147,102 @@
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>510684</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>560765</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>27</x:v>
@@ -18611,68 +18616,68 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>603792</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
@@ -18791,51 +18796,51 @@
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>607314</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>145</x:v>
@@ -18860,108 +18865,108 @@
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>603438</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>603545</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -19013,51 +19018,51 @@
       <x:c r="H307" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>556497</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
@@ -19373,116 +19378,116 @@
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>596764</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>596790</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
@@ -19628,51 +19633,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>613108</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>44</x:v>
@@ -20632,51 +20637,51 @@
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>614348</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>37</x:v>
@@ -21047,93 +21052,93 @@
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>534201</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>568746</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>36</x:v>
@@ -21723,97 +21728,97 @@
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>596761</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>616405</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
@@ -21973,51 +21978,51 @@
       <x:c r="L363" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>616612</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
@@ -22026,51 +22031,51 @@
       <x:c r="L364" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>616613</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
@@ -22564,51 +22569,51 @@
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>538812</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>46330</x:v>
@@ -23147,51 +23152,51 @@
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>599748</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
@@ -23304,51 +23309,51 @@
         <x:v>313</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>589809</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
@@ -23615,51 +23620,51 @@
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>591882</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
@@ -23714,95 +23719,95 @@
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>596794</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>613097</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>44</x:v>
@@ -23926,244 +23931,244 @@
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>613120</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>72311</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>568729</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>72311</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>568734</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>568742</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>568748</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -24327,51 +24332,51 @@
       <x:c r="I407" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>606854</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -24497,146 +24502,146 @@
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>596763</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>72420</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>616615</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>578582</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>242</x:v>
@@ -24801,51 +24806,51 @@
         <x:v>44</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>613956</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>43</x:v>
@@ -24853,51 +24858,51 @@
       <x:c r="I417" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>613960</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>34413</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
@@ -25128,51 +25133,51 @@
       <x:c r="M422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>595126</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -25202,84 +25207,84 @@
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>554033</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>39767</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>578628</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>37786</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -25298,99 +25303,99 @@
       <x:c r="M425" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>613733</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>581790</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
@@ -25655,158 +25660,158 @@
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>609555</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>39767</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>615690</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>39767</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>578629</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>41364</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>37</x:v>