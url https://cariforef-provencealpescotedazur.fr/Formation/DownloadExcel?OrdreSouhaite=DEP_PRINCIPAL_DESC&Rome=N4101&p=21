--- v0 (2025-12-20)
+++ v1 (2025-12-20)
@@ -365,146 +365,146 @@
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>APT</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Avignon - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie C</x:t>
   </x:si>
   <x:si>
     <x:t>CAP conducteur routier de marchandises option livraisons de proximité</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel conducteur du transport routier de marchandises sur tous véhicules (POEC)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epreuve théorique générale du code + Permis de conduire catégorie C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Permis de conduire catégorie CE + Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises (anciennement FCO marchandises)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel conducteur du transport routier de marchandises sur tous véhicules (POEC)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel conducteur du transport routier de marchandises sur porteur + Permis de conduire catégorie CE</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Six Fours les Plages</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>City'Pro Richard Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Aftral - Antenne Brignoles - CFA Régional Transport Logistique PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CANNET-DES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Galliéni Fréjus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Galliéni Fréjus</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Aftral - Antenne Ollioules - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
@@ -833,149 +833,149 @@
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Aftral - Antenne Aubagne - CFA Régional Transport Logistique PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Aftral - Antenne Aubagne - CFA Régional Transport Logistique PACA</x:t>
-[...11 lines deleted...]
-    <x:t>12/28/2026 00:00:00</x:t>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Permis de conduire catégories C - CE + Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/09/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel conducteur du transport routier de marchandises sur porteur (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de conduire catégorie C + Habilitation pour la conduite de certains véhicules routiers affectés aux transports de marchandises (anciennement FIMO)</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Aftral - Antenne Le Broc - CFA Régional Transport Logistique PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE BROC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formaplus</x:t>
   </x:si>
   <x:si>
-    <x:t>06200</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CARROS</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Nice</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Saint Laurent du Var</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Auto-Ecole Capitou</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Gap - CFA Régional Transport Logistique PACA</x:t>
@@ -989,78 +989,78 @@
   <x:si>
     <x:t>CAP Conducteur routier de marchandises</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>NEFFES</x:t>
   </x:si>
   <x:si>
     <x:t>12/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Gap</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro conducteur transport routier marchandises (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Paul Héraud</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP P Héraud</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LP P Héraud</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Aftral - Antenne Sainte Tulle - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
+    <x:t>01/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Permis CE Super Lourd avec éco-conduite</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Boyer Formation</x:t>
   </x:si>
   <x:si>
     <x:t>04700</x:t>
   </x:si>
   <x:si>
     <x:t>ORAISON</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -2968,438 +2968,438 @@
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>541479</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="C26" s="15" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C26" s="15" t="n">
+        <x:v>38558</x:v>
+      </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s"/>
-      <x:c r="F26" s="14" t="s"/>
+      <x:c r="E26" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F26" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G26" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>583501</x:v>
+        <x:v>601770</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>599808</x:v>
+        <x:v>601505</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>599823</x:v>
+        <x:v>599808</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>99</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>601770</x:v>
+        <x:v>588394</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="C30" s="15" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C30" s="15" t="n">
+        <x:v>40995</x:v>
+      </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s"/>
+      <x:c r="E30" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>601505</x:v>
+        <x:v>602953</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>588394</x:v>
+        <x:v>583501</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>602953</x:v>
+        <x:v>599823</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
@@ -3407,51 +3407,51 @@
       <x:c r="L33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>583437</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39796</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
@@ -3589,51 +3589,51 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>545719</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
@@ -4083,557 +4083,556 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>547133</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>611289</x:v>
+        <x:v>563490</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="C47" s="3" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="n">
+        <x:v>40995</x:v>
+      </x:c>
       <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>586529</x:v>
+        <x:v>602950</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="C48" s="15" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C48" s="15" t="n">
+        <x:v>37894</x:v>
+      </x:c>
       <x:c r="D48" s="15" t="s"/>
-      <x:c r="E48" s="14" t="s"/>
+      <x:c r="E48" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>111</x:v>
-[...1 lines deleted...]
-      <x:c r="H48" s="14" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>542360</x:v>
+        <x:v>548768</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="C49" s="3" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>40995</x:v>
+      </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>547134</x:v>
+        <x:v>592483</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>592483</x:v>
+        <x:v>586529</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
-      <x:c r="E51" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>31827</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>548768</x:v>
+        <x:v>611289</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>563490</x:v>
+        <x:v>542360</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
-      <x:c r="E53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>602950</x:v>
+        <x:v>547134</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37894</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="Q54" s="16" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="R54" s="14" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>548998</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
@@ -4641,272 +4640,271 @@
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>563491</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="C56" s="15" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C56" s="15" t="n">
+        <x:v>40995</x:v>
+      </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s"/>
+      <x:c r="E56" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>611283</x:v>
+        <x:v>602951</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>602951</x:v>
+        <x:v>602952</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>111</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>542359</x:v>
+        <x:v>611283</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
-      <x:c r="E59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>602952</x:v>
+        <x:v>542359</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39795</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>25</x:v>
@@ -4971,51 +4969,51 @@
       <x:c r="J61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>548997</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38559</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
@@ -5055,84 +5053,84 @@
       <x:c r="S62" s="14" t="n">
         <x:v>546315</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="I63" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q63" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R63" s="0" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>609389</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37894</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5141,54 +5139,54 @@
         <x:v>39</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>548940</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38559</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
@@ -5201,166 +5199,166 @@
       <x:c r="J65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>546301</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37894</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="I66" s="16" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q66" s="16" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R66" s="14" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>498465</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40706</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>592471</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -5630,84 +5628,84 @@
       <x:c r="S72" s="14" t="n">
         <x:v>580452</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37894</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="I73" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q73" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R73" s="0" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>454922</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5936,51 +5934,51 @@
       <x:c r="J78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>586526</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>25</x:v>
@@ -7416,61 +7414,61 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>601216</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38558</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -8089,51 +8087,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>601201</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
@@ -9388,51 +9386,51 @@
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>602964</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
@@ -9966,417 +9964,415 @@
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>584737</x:v>
+        <x:v>584743</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="C151" s="3" t="s"/>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C151" s="3" t="n">
+        <x:v>38559</x:v>
+      </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>149</x:v>
-[...2 lines deleted...]
-        <x:v>150</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>601207</x:v>
+        <x:v>540614</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="H152" s="14" t="s"/>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s">
+        <x:v>150</x:v>
+      </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>551933</x:v>
+        <x:v>601217</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>544691</x:v>
+        <x:v>584737</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>601202</x:v>
+        <x:v>601207</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>149</x:v>
-[...2 lines deleted...]
-        <x:v>150</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>601213</x:v>
+        <x:v>551933</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>40995</x:v>
+        <x:v>38559</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>173</x:v>
-[...1 lines deleted...]
-      <x:c r="H156" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>592480</x:v>
+        <x:v>544691</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
@@ -10392,436 +10388,438 @@
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>584723</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="C158" s="15" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C158" s="15" t="n">
+        <x:v>40995</x:v>
+      </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>176</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>584743</x:v>
+        <x:v>592480</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>592489</x:v>
+        <x:v>448967</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>602949</x:v>
+        <x:v>592489</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="C161" s="3" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C161" s="3" t="n">
+        <x:v>40995</x:v>
+      </x:c>
       <x:c r="D161" s="3" t="s"/>
+      <x:c r="E161" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>602720</x:v>
+        <x:v>602949</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>448967</x:v>
+        <x:v>602720</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H163" s="0" t="s">
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>540614</x:v>
+        <x:v>601202</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="U163" s="4" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>601217</x:v>
+        <x:v>601213</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
@@ -10840,1064 +10838,1059 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>563026</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>584728</x:v>
+        <x:v>584752</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
-      <x:c r="E167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>601309</x:v>
+        <x:v>603471</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>37894</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>548935</x:v>
+        <x:v>602948</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
-      <x:c r="E169" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>31804</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>580113</x:v>
+        <x:v>584736</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="H170" s="14" t="s"/>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s">
+        <x:v>177</x:v>
+      </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>602947</x:v>
+        <x:v>584724</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>585405</x:v>
+        <x:v>544563</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>544759</x:v>
+        <x:v>584727</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
-      <x:c r="E173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H173" s="0" t="s">
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>602948</x:v>
+        <x:v>584742</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>584736</x:v>
+        <x:v>498051</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="C175" s="3" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C175" s="3" t="n">
+        <x:v>37894</x:v>
+      </x:c>
       <x:c r="D175" s="3" t="s"/>
+      <x:c r="E175" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>176</x:v>
-[...2 lines deleted...]
-        <x:v>177</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>584724</x:v>
+        <x:v>548935</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="C176" s="15" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C176" s="15" t="n">
+        <x:v>39795</x:v>
+      </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s"/>
-      <x:c r="F176" s="14" t="s"/>
+      <x:c r="E176" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F176" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="G176" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>544563</x:v>
+        <x:v>580113</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>584727</x:v>
+        <x:v>584728</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="C178" s="15" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C178" s="15" t="n">
+        <x:v>39795</x:v>
+      </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s"/>
+      <x:c r="E178" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31804</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>584742</x:v>
+        <x:v>601309</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>498051</x:v>
+        <x:v>600577</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="C180" s="15" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C180" s="15" t="n">
+        <x:v>40706</x:v>
+      </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>176</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>584752</x:v>
+        <x:v>592477</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>603471</x:v>
+        <x:v>584716</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>584716</x:v>
+        <x:v>584719</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>584719</x:v>
+        <x:v>600481</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
@@ -11971,228 +11964,229 @@
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31804</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>612357</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="C186" s="15" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C186" s="15" t="n">
+        <x:v>40995</x:v>
+      </x:c>
       <x:c r="D186" s="15" t="s"/>
-      <x:c r="E186" s="14" t="s"/>
+      <x:c r="E186" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>31816</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>600481</x:v>
+        <x:v>602947</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>600577</x:v>
+        <x:v>585405</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>40706</x:v>
+        <x:v>38559</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="H188" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H188" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>592477</x:v>
+        <x:v>544759</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
@@ -12325,51 +12319,51 @@
       <x:c r="S191" s="0" t="n">
         <x:v>544753</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38559</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G192" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>30</x:v>
@@ -12589,51 +12583,51 @@
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>588422</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
@@ -12701,321 +12695,324 @@
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>585780</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="C199" s="3" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C199" s="3" t="n">
+        <x:v>40995</x:v>
+      </x:c>
       <x:c r="D199" s="3" t="s"/>
+      <x:c r="E199" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31807</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>537496</x:v>
+        <x:v>602945</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>278</x:v>
-[...1 lines deleted...]
-      <x:c r="H200" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>538766</x:v>
+        <x:v>608546</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>608546</x:v>
+        <x:v>537496</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>40995</x:v>
+        <x:v>38559</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
-      <x:c r="E202" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>31807</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="Q202" s="16" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="R202" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="Q202" s="16" t="s">
+      <x:c r="S202" s="14" t="n">
+        <x:v>538766</x:v>
+      </x:c>
+      <x:c r="T202" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="R202" s="14" t="s">
+      <x:c r="U202" s="16" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>538731</x:v>
+        <x:v>602701</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -13041,154 +13038,151 @@
         <x:v>288</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>602702</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>602701</x:v>
+        <x:v>538731</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38559</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G206" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>599077</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
@@ -13211,82 +13205,82 @@
       <x:c r="R207" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>607211</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>538735</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>292</x:v>
@@ -13345,54 +13339,54 @@
       <x:c r="H210" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>612755</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>291</x:v>
@@ -13513,54 +13507,54 @@
       <x:c r="H213" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>608540</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
@@ -13794,109 +13788,109 @@
         <x:v>39</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>548938</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>602704</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
@@ -14437,214 +14431,215 @@
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>547619</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>37894</x:v>
+        <x:v>40706</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
-      <x:c r="E230" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>31827</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>548939</x:v>
+        <x:v>592476</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="C231" s="3" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C231" s="3" t="n">
+        <x:v>37894</x:v>
+      </x:c>
       <x:c r="D231" s="3" t="s"/>
+      <x:c r="E231" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>31816</x:v>
+        <x:v>31827</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>611514</x:v>
+        <x:v>548939</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>31827</x:v>
+        <x:v>31816</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="Q232" s="16" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="R232" s="14" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="S232" s="14" t="n">
+        <x:v>611514</x:v>
+      </x:c>
+      <x:c r="T232" s="16" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="U232" s="16" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>37894</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -14900,76 +14895,76 @@
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>605945</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40995</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>31807</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>592488</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
@@ -15111,97 +15106,97 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>563806</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>612850</x:v>
+        <x:v>557353</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
@@ -15209,173 +15204,173 @@
       <x:c r="K243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>545422</x:v>
+        <x:v>612850</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>580552</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>31816</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>557353</x:v>
+        <x:v>545422</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>27</x:v>