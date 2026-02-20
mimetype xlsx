--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -326,122 +326,122 @@
   <x:si>
     <x:t>master mention tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Aménagement touristique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours management général</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en ingénierie et science des données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Openclassrooms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analyse de données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Data scientist</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Data science</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Data analyst</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en data science - Data Engineer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/19/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Openclassrooms</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en ingénierie et science des données</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>07/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Data analyst (Contrat de Professionnalisation)</x:t>
@@ -950,81 +950,81 @@
   <x:si>
     <x:t>PowerPoint maîtrise complète</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé parcours cadre de proximité dans le secteur sanitaire, médico-social et social</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention géographie, aménagement, environnement et développement parcours  territoires, société, aménagement</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours International Program in Economics and Management</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économétrie, statistiques parcours économétrie et data sciences</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie du droit parcours business law and economics</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues étrangères appliquées parcours PME-Export</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du décisionnel et de la statistique parcours informatique décisionnelle, statistiques et big data</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention langues étrangères appliquées</x:t>
+  </x:si>
+  <x:si>
     <x:t>QGIS Initiation - niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention monnaie, banque, finance, assurance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sociologie parcours sociologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économétrie, statistiques parcours recherche en économie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie parcours recherche en économie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mathématiques appliquées, statistique parcours Data Sciences</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE-13e</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>master mention langues étrangères appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Politique sociale</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
@@ -2576,1768 +2576,1766 @@
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>591984</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B18" s="14" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H18" s="14" t="s">
+      <x:c r="I18" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M18" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P18" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q18" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R18" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="P18" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="R18" s="14" t="s">
+      <x:c r="S18" s="14" t="n">
+        <x:v>610847</x:v>
+      </x:c>
+      <x:c r="T18" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="S18" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T18" s="16" t="s">
+      <x:c r="U18" s="16" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H19" s="0" t="s">
+      <x:c r="I19" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M19" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="M19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>31026</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="P19" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="P19" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>610847</x:v>
+        <x:v>578517</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C20" s="15" t="s"/>
+      <x:c r="C20" s="15" t="n">
+        <x:v>37837</x:v>
+      </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H20" s="14" t="s">
+      <x:c r="I20" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="I20" s="16" t="s">
-[...2 lines deleted...]
-      <x:c r="J20" s="14" t="s"/>
+      <x:c r="J20" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M20" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="M20" s="14" t="s">
+      <x:c r="N20" s="15" t="n">
+        <x:v>31025</x:v>
+      </x:c>
+      <x:c r="O20" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="N20" s="15" t="n">
-[...2 lines deleted...]
-      <x:c r="O20" s="14" t="s">
+      <x:c r="P20" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R20" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="S20" s="14" t="n">
+        <x:v>578533</x:v>
+      </x:c>
+      <x:c r="T20" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="P20" s="14" t="s">
-[...11 lines deleted...]
-      <x:c r="T20" s="16" t="s">
+      <x:c r="U20" s="16" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H21" s="0" t="s">
+      <x:c r="I21" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="M21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>31026</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="P21" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="P21" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>578533</x:v>
+        <x:v>580625</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="U21" s="4" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="C22" s="15" t="s"/>
+      <x:c r="C22" s="15" t="n">
+        <x:v>39775</x:v>
+      </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H22" s="14" t="s">
+      <x:c r="I22" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="I22" s="16" t="s">
-[...2 lines deleted...]
-      <x:c r="J22" s="14" t="s"/>
+      <x:c r="J22" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M22" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="M22" s="14" t="s">
+      <x:c r="N22" s="15" t="n">
+        <x:v>31025</x:v>
+      </x:c>
+      <x:c r="O22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="N22" s="15" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>580625</x:v>
+        <x:v>615688</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H23" s="0" t="s">
+      <x:c r="I23" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M23" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>578591</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H24" s="14" t="s">
+      <x:c r="I24" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M24" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P24" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q24" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R24" s="14" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>578620</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H25" s="0" t="s">
+      <x:c r="I25" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M25" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P25" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>578623</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H26" s="14" t="s">
+      <x:c r="I26" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M26" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P26" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q26" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R26" s="14" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>578535</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H27" s="0" t="s">
+      <x:c r="I27" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P27" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R27" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>578609</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H28" s="14" t="s">
+      <x:c r="I28" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M28" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P28" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>578625</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H29" s="0" t="s">
+      <x:c r="I29" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M29" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P29" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>578627</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H30" s="14" t="s">
+      <x:c r="I30" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M30" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P30" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R30" s="14" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>578534</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H31" s="0" t="s">
+      <x:c r="I31" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M31" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P31" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R31" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>578578</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H32" s="14" t="s">
+      <x:c r="I32" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M32" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>578592</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H33" s="0" t="s">
+      <x:c r="I33" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M33" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P33" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R33" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>578621</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H34" s="14" t="s">
+      <x:c r="I34" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M34" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P34" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>615666</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H35" s="0" t="s">
+      <x:c r="I35" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M35" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P35" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R35" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>615664</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H36" s="14" t="s">
+      <x:c r="I36" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M36" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P36" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q36" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R36" s="14" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>615665</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H37" s="0" t="s">
+      <x:c r="I37" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P37" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R37" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>578550</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H38" s="14" t="s">
+      <x:c r="I38" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M38" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>615681</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H39" s="0" t="s">
+      <x:c r="I39" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M39" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P39" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>615687</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H40" s="14" t="s">
+      <x:c r="I40" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M40" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P40" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q40" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R40" s="14" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>615689</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H41" s="0" t="s">
+      <x:c r="I41" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M41" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P41" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q41" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R41" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>610848</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H42" s="14" t="s">
+      <x:c r="I42" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M42" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P42" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q42" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R42" s="14" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>578622</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H43" s="0" t="s">
+      <x:c r="I43" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M43" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P43" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R43" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>578626</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H44" s="14" t="s">
+      <x:c r="I44" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M44" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P44" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q44" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R44" s="14" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>615686</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H45" s="0" t="s">
+      <x:c r="I45" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M45" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P45" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q45" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R45" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>610852</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H46" s="14" t="s">
+      <x:c r="I46" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M46" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P46" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q46" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R46" s="14" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>578536</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H47" s="0" t="s">
+      <x:c r="I47" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M47" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="P47" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q47" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R47" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>578624</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39591</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -4723,51 +4721,51 @@
         <x:v>162</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>574972</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -4937,60 +4935,60 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M59" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>567004</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
@@ -5212,153 +5210,153 @@
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>608595</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>608591</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>71616</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>590132</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -5377,104 +5375,104 @@
         <x:v>38616</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>573099</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>608593</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
@@ -6380,113 +6378,113 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>614898</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>615073</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
@@ -6954,51 +6952,51 @@
         <x:v>40288</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>592404</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
@@ -7053,60 +7051,60 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M97" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>617687</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
@@ -7159,51 +7157,51 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>615172</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -7800,51 +7798,51 @@
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>553622</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
@@ -7857,51 +7855,51 @@
       <x:c r="E111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>553623</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
@@ -8014,124 +8012,124 @@
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>615071</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>578057</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -8512,60 +8510,60 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>608725</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
@@ -8956,51 +8954,51 @@
         <x:v>283</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>615176</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -9372,677 +9370,678 @@
       <x:c r="G138" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>574942</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C139" s="3" t="s"/>
+      <x:c r="C139" s="3" t="n">
+        <x:v>39263</x:v>
+      </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="J139" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>614890</x:v>
+        <x:v>592070</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>11040</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>592121</x:v>
+        <x:v>614890</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>39416</x:v>
+        <x:v>38542</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>11040</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>592127</x:v>
+        <x:v>597441</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>38542</x:v>
+        <x:v>39691</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>11052</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>597441</x:v>
+        <x:v>580927</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>39691</x:v>
+        <x:v>38182</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>150</x:v>
-[...2 lines deleted...]
-        <x:v>151</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>11029</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>580927</x:v>
+        <x:v>597467</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>38182</x:v>
+        <x:v>39013</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="H144" s="14" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>11045</x:v>
+        <x:v>11017</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>597467</x:v>
+        <x:v>575679</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>39013</x:v>
+        <x:v>39015</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>11017</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>575679</x:v>
+        <x:v>575687</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>39015</x:v>
+        <x:v>38616</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>150</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>13057</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>575687</x:v>
+        <x:v>573278</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>38616</x:v>
+        <x:v>39493</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>573278</x:v>
+        <x:v>574966</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>39493</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>150</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>11036</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>574966</x:v>
+        <x:v>592121</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>39263</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>592070</x:v>
+        <x:v>592127</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39059</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
@@ -10083,60 +10082,60 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>608592</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
@@ -10197,51 +10196,51 @@
         <x:v>70</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>587191</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -10414,60 +10413,60 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>608594</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
@@ -10520,51 +10519,51 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>615171</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -10573,51 +10572,51 @@
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>615175</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -10630,51 +10629,51 @@
         <x:v>70</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>41383</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>609441</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -10736,60 +10735,60 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>615072</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
@@ -10900,60 +10899,60 @@
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="M166" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>534003</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
@@ -11016,63 +11015,63 @@
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="G168" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>583894</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
@@ -11120,162 +11119,162 @@
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>608590</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>608723</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>615070</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
@@ -11432,51 +11431,51 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>597442</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>