--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -440,72 +440,72 @@
   <x:si>
     <x:t>Event-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83136</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CCP Sécurité des spectacles pour les exploitants de lieux aménagés pour des représentations publiques</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Circuits de la lumière : les fondamentaux</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/08/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accroche et levage - Ponts et moteurs (autorisation de conduite)</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Travail en hauteur (technique spectacle)</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Travail en hauteur - utilisation et vérification des EPI de catégorie 3</x:t>
   </x:si>
   <x:si>
     <x:t>Ubitech</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
@@ -2606,457 +2606,455 @@
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>610157</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="J28" s="14" t="s"/>
+      <x:c r="J28" s="14" t="s">
+        <x:v>112</x:v>
+      </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>45042</x:v>
+        <x:v>45011</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>617416</x:v>
+        <x:v>610964</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>45011</x:v>
+        <x:v>45042</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>610156</x:v>
+        <x:v>617416</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>45011</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>610159</x:v>
+        <x:v>610156</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="J31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>45011</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>610963</x:v>
+        <x:v>610159</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="J32" s="14" t="s"/>
+      <x:c r="J32" s="14" t="s">
+        <x:v>112</x:v>
+      </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>45011</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>610155</x:v>
+        <x:v>610963</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>45011</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>610158</x:v>
+        <x:v>610155</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>45042</x:v>
+        <x:v>45011</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>610160</x:v>
+        <x:v>610158</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="J35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>45011</x:v>
+        <x:v>45042</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>610964</x:v>
+        <x:v>610160</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
@@ -3280,95 +3278,95 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>610264</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>587033</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>37</x:v>
@@ -3734,51 +3732,51 @@
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>608282</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>26</x:v>
@@ -3891,51 +3889,51 @@
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>598483</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>