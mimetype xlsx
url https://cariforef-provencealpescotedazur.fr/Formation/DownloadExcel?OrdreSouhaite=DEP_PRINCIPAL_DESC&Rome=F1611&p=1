--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -344,135 +344,135 @@
   <x:si>
     <x:t>Éco-construction</x:t>
   </x:si>
   <x:si>
     <x:t>Le Gabion</x:t>
   </x:si>
   <x:si>
     <x:t>05200</x:t>
   </x:si>
   <x:si>
     <x:t>MEYRARGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Ouvrier professionnel en restauration du patrimoine</x:t>
   </x:si>
   <x:si>
     <x:t>Réhabilitation écologique</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ouvrier professionnel en écoconstruction</x:t>
+  </x:si>
+  <x:si>
     <x:t>Transition Ecologique Territoriale par la Recherche et l’Innovation Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>TETRIS</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GREOLIERES</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - ACCES A L'EMPLOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ouvrier professionnel en écoconstruction</x:t>
-[...11 lines deleted...]
-    <x:t>13417</x:t>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMBRUN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel peintre façadier itéiste (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
-    <x:t>05000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MANE</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -2055,428 +2055,426 @@
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>583921</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>34799</x:v>
+        <x:v>40571</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>22250</x:v>
+        <x:v>12526</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>578928</x:v>
+        <x:v>586397</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40571</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s"/>
-      <x:c r="F22" s="14" t="s"/>
+      <x:c r="E22" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F22" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G22" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12526</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>586397</x:v>
+        <x:v>583864</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>40571</x:v>
+        <x:v>34799</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
-      <x:c r="E23" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>12526</x:v>
+        <x:v>22250</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>583864</x:v>
+        <x:v>578928</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>102</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>39891</x:v>
+        <x:v>40571</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="F24" s="14" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F24" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G24" s="14" t="s">
-        <x:v>105</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>22490</x:v>
+        <x:v>12526</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>604280</x:v>
+        <x:v>583758</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>40571</x:v>
+        <x:v>37516</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12526</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>583758</x:v>
+        <x:v>583762</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>37516</x:v>
+        <x:v>39891</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
-        <x:v>77</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="H26" s="14" t="s"/>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
+        <x:v>112</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>12526</x:v>
+        <x:v>22490</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>583762</x:v>
+        <x:v>604280</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="U26" s="16" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40571</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>12526</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>85</x:v>
       </x:c>