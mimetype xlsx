--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -362,68 +362,68 @@
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA aménagements paysagers</x:t>
   </x:si>
   <x:si>
     <x:t>BP option aménagements paysagers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation travaux mécanisés de génie écologique</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Murailler - caladeur en aménagement paysager</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Certificat de spécialisation constructions paysagères</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BPA option ouvrier spécialisé en paysage (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA aménagements paysagers (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
@@ -695,170 +695,170 @@
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel ouvrier paysagiste - Elagage</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>LEGTA</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>licence pro mention aménagement paysager : conception, gestion, entretien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de spécialisation arrosage automatique : espaces verts et sols sportifs (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arrosage</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel ouvrier du paysage (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>licence pro mention aménagement paysager : conception, gestion, entretien</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Certificat de spécialisation sols sportifs engazonnés (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat de spécialisation arrosage automatique : espaces verts et sols sportifs (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention aménagement paysager : conception, gestion, entretien parcours collaborateur du gestionnaire de chantiers paysagers</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel ouvrier paysagiste</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPA des calanques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR de la Roque d'Antheron</x:t>
+  </x:si>
+  <x:si>
     <x:t>Découverte des métiers de l'agriculture et de l'aménagement paysager</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture production végétale</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/09/2023 00:00:00</x:t>
-[...5 lines deleted...]
-    <x:t>MFR de la Roque d'Antheron</x:t>
+    <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Apprentis d'Auteuil</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Apprentis d'Auteuil - Antenne Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Dessinateur Paysagiste</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Française du Bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture paysagère</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ANTIBES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée Vert d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06602</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle et de Promotion Agricole Antibes</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
@@ -908,60 +908,60 @@
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
     <x:t>EREA de Haute Provence</x:t>
   </x:si>
   <x:si>
     <x:t>04200</x:t>
   </x:si>
   <x:si>
     <x:t>EREA Castel Bevons</x:t>
   </x:si>
   <x:si>
     <x:t>BEVONS</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée agricole Carmejane - Maurice Plantier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée de Digne Carmejane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARMEJANE-LE CHAFFAUT</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>CARMEJANE-LE CHAFFAUT</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -2924,163 +2924,167 @@
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>577274</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s"/>
+      <x:c r="E26" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>97</x:v>
-[...1 lines deleted...]
-      <x:c r="H26" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>592585</x:v>
+        <x:v>605784</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>38857</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>605784</x:v>
+        <x:v>605806</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>39</x:v>
@@ -3091,176 +3095,171 @@
       <x:c r="K28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>605806</x:v>
+        <x:v>549851</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>39639</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>21046</x:v>
+        <x:v>21050</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>549851</x:v>
+        <x:v>577226</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>39639</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>21050</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>577226</x:v>
+        <x:v>592585</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35399</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -3626,51 +3625,51 @@
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>605785</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>119</x:v>
@@ -3747,51 +3746,51 @@
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>605786</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>36795</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>39</x:v>
@@ -4241,228 +4240,227 @@
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>605858</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>31691</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>447265</x:v>
+        <x:v>454904</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>31691</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>612794</x:v>
+        <x:v>447265</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="F50" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F50" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="G50" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>454904</x:v>
+        <x:v>612794</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -5385,51 +5383,51 @@
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>605787</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -6805,51 +6803,51 @@
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>599644</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -7771,103 +7769,103 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>454903</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>39066</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>555713</x:v>
+        <x:v>496374</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37875</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="G108" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -7904,678 +7902,678 @@
       <x:c r="S108" s="14" t="n">
         <x:v>583533</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>605783</x:v>
+        <x:v>554247</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>40052</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
-      <x:c r="E110" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>554247</x:v>
+        <x:v>592270</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>37875</x:v>
+        <x:v>39066</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>573917</x:v>
+        <x:v>555713</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>40052</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s"/>
+      <x:c r="E112" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>212</x:v>
-[...1 lines deleted...]
-      <x:c r="H112" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>592270</x:v>
+        <x:v>605809</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>496374</x:v>
+        <x:v>605789</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>35398</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>21051</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>549910</x:v>
+        <x:v>605783</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>31691</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>605809</x:v>
+        <x:v>447263</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>605789</x:v>
+        <x:v>554248</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>31691</x:v>
+        <x:v>35397</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>21046</x:v>
+        <x:v>21047</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>447263</x:v>
+        <x:v>554272</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>38349</x:v>
+        <x:v>37875</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>554248</x:v>
+        <x:v>573917</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>35397</x:v>
+        <x:v>35398</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>21047</x:v>
+        <x:v>21051</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>554272</x:v>
+        <x:v>549910</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>187</x:v>
@@ -8604,82 +8602,82 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>605498</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>35397</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>21047</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>605506</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
@@ -9148,51 +9146,51 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>579805</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37875</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -9507,1575 +9505,1575 @@
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>496341</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>15156</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>496407</x:v>
+        <x:v>605804</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>39066</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>605804</x:v>
+        <x:v>605826</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>39066</x:v>
+        <x:v>37875</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>605826</x:v>
+        <x:v>600781</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37875</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>600781</x:v>
+        <x:v>577047</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>37875</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s"/>
+      <x:c r="E140" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>152</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>577047</x:v>
+        <x:v>605861</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>226</x:v>
-[...1 lines deleted...]
-      <x:c r="C141" s="3" t="s"/>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C141" s="3" t="n">
+        <x:v>15156</x:v>
+      </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
-        <x:v>204</x:v>
-[...2 lines deleted...]
-        <x:v>205</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J141" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>583539</x:v>
+        <x:v>496407</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>39066</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>612815</x:v>
+        <x:v>498349</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>605504</x:v>
+        <x:v>549811</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>605861</x:v>
+        <x:v>555703</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>555693</x:v>
+        <x:v>555709</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>31691</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>447262</x:v>
+        <x:v>555693</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>31691</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>498349</x:v>
+        <x:v>447262</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
-      <x:c r="E148" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>549811</x:v>
+        <x:v>596642</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
-      <x:c r="E149" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>555703</x:v>
+        <x:v>592584</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
-      <x:c r="E150" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>555709</x:v>
+        <x:v>592588</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F151" s="0" t="s">
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>185</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>21046</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>567948</x:v>
+        <x:v>583539</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>39066</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s"/>
-      <x:c r="F152" s="14" t="s"/>
+      <x:c r="E152" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F152" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="G152" s="14" t="s">
-        <x:v>232</x:v>
-[...1 lines deleted...]
-      <x:c r="H152" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>596642</x:v>
+        <x:v>612815</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
+      <x:c r="E153" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>592584</x:v>
+        <x:v>605504</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>39951</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s"/>
+      <x:c r="E154" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>232</x:v>
-[...1 lines deleted...]
-      <x:c r="H154" s="14" t="s"/>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>592588</x:v>
+        <x:v>567948</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>35399</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H155" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="I155" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J155" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="K155" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="L155" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="M155" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N155" s="3" t="n">
+        <x:v>21050</x:v>
+      </x:c>
+      <x:c r="O155" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="P155" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="Q155" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="R155" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="I155" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>600651</x:v>
+        <x:v>605876</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>239</x:v>
-[...1 lines deleted...]
-      <x:c r="C156" s="15" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C156" s="15" t="n">
+        <x:v>35397</x:v>
+      </x:c>
       <x:c r="D156" s="15" t="s"/>
-      <x:c r="E156" s="14" t="s"/>
+      <x:c r="E156" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>240</x:v>
-[...1 lines deleted...]
-      <x:c r="H156" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>241</x:v>
-[...1 lines deleted...]
-      <x:c r="J156" s="14" t="s"/>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J156" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>45009</x:v>
+        <x:v>21047</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>572974</x:v>
+        <x:v>605868</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>35399</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>21050</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>605876</x:v>
+        <x:v>496435</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>35397</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>21047</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>605868</x:v>
+        <x:v>496483</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>496435</x:v>
+        <x:v>546091</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>73</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>39</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>45009</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="S160" s="14" t="n">
+        <x:v>572974</x:v>
+      </x:c>
+      <x:c r="T160" s="16" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="U160" s="16" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>546091</x:v>
+        <x:v>600651</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>35399</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>39</x:v>
@@ -11083,108 +11081,108 @@
       <x:c r="J162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>21050</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>549905</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>496212</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -11201,51 +11199,51 @@
       <x:c r="J164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>605860</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -11261,51 +11259,51 @@
       <x:c r="J165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>549807</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>39066</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -11322,51 +11320,51 @@
       <x:c r="J166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>605824</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -11493,112 +11491,112 @@
       <x:c r="J169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>605808</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>35397</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>21047</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>549903</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -11614,51 +11612,51 @@
       <x:c r="J171" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>496337</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -11677,167 +11675,167 @@
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>612792</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>600652</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="G174" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>583525</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -11853,51 +11851,51 @@
       <x:c r="J175" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>549864</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -11914,51 +11912,51 @@
       <x:c r="J176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>549882</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -11974,51 +11972,51 @@
       <x:c r="J177" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>605833</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>31691</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -12035,108 +12033,108 @@
       <x:c r="J178" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>447261</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>546093</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
@@ -12209,51 +12207,51 @@
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>555723</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -12270,111 +12268,111 @@
       <x:c r="J182" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>605788</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>496376</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -12391,51 +12389,51 @@
       <x:c r="J184" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>549850</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -12521,51 +12519,51 @@
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>600185</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -13188,163 +13186,167 @@
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>584304</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>35399</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
-      <x:c r="E198" s="14" t="s"/>
+      <x:c r="E198" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>97</x:v>
-[...1 lines deleted...]
-      <x:c r="H198" s="14" t="s"/>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>21050</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>592583</x:v>
+        <x:v>600202</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>35399</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>21050</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>600202</x:v>
+        <x:v>606806</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>39</x:v>
@@ -13355,117 +13357,111 @@
       <x:c r="K200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>606806</x:v>
+        <x:v>549795</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
-      <x:c r="E201" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>549795</x:v>
+        <x:v>592583</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>261</x:v>
@@ -13798,76 +13794,76 @@
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>606813</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>596643</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
@@ -14081,163 +14077,161 @@
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>549802</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
-      <x:c r="E213" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>549855</x:v>
+        <x:v>596645</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s"/>
+      <x:c r="E214" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>280</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="S214" s="14" t="n">
+        <x:v>549855</x:v>
+      </x:c>
+      <x:c r="T214" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="S214" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>39</x:v>
       </x:c>