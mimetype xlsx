--- v0 (2026-03-12)
+++ v1 (2026-03-12)
@@ -224,159 +224,159 @@
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Costume spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mise en oeuvre des projecteurs traditionnels et asservis // base de la lumiere</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien polyvalent son et lumière bloc de compétences 2 Sonorisation d’un spectacle vivant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de Formation Professionnelle de la Musique - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Régie spectacle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 4e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien polyvalent son et lumière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Métiers techniques du spectacle vivant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cinémagis Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Production spectacle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
+    <x:t>Régisseur du spectacle vivant option son/vidéo (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur des Techniques du Spectacle - CFA Régional Métiers du Spectacle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Régie son</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur des Techniques du Spectacle - CFA Régional Métiers du Spectacle - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Régisseur du spectacle vivant option lumière/vidéo (Apprentissage)</x:t>
-  </x:si>
-[...103 lines deleted...]
-    <x:t>Mise en oeuvre des projecteurs traditionnels et asservis // base de la lumiere</x:t>
   </x:si>
   <x:si>
     <x:t>LP B Pascal</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>technicien polyvalent du spectacle vivant et de l'événementiel</x:t>
   </x:si>
   <x:si>
     <x:t>IMFP</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>Technique spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
@@ -1538,642 +1538,640 @@
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>595604</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>45062</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>590309</x:v>
+        <x:v>610225</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>68</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>45060</x:v>
+        <x:v>45062</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>560667</x:v>
+        <x:v>610151</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>73</x:v>
-[...1 lines deleted...]
-      <x:c r="C14" s="15" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C14" s="15" t="n">
+        <x:v>38528</x:v>
+      </x:c>
       <x:c r="D14" s="15" t="s"/>
-      <x:c r="E14" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E14" s="14" t="s"/>
+      <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="H14" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I14" s="16" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J14" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="K14" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L14" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M14" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N14" s="15" t="n">
+        <x:v>45060</x:v>
+      </x:c>
+      <x:c r="O14" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="P14" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="Q14" s="16" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="R14" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="S14" s="14" t="n">
+        <x:v>560667</x:v>
+      </x:c>
+      <x:c r="T14" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="J14" s="14" t="s"/>
-[...29 lines deleted...]
-      </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="s"/>
+      <x:c r="D15" s="3" t="s"/>
+      <x:c r="G15" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="I15" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L15" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M15" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N15" s="3" t="n">
+        <x:v>45062</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q15" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R15" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="B15" s="0" t="s">
-[...44 lines deleted...]
-      </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>590312</x:v>
+        <x:v>610148</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="C16" s="15" t="s"/>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C16" s="15" t="n">
+        <x:v>38528</x:v>
+      </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H16" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J16" s="14" t="s"/>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J16" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>45062</x:v>
+        <x:v>45060</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>610148</x:v>
+        <x:v>560664</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>85</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
+      <x:c r="E17" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F17" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>67</x:v>
-[...1 lines deleted...]
-      <x:c r="J17" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>45060</x:v>
+        <x:v>45052</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>560664</x:v>
+        <x:v>583797</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C18" s="15" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C18" s="15" t="n">
+        <x:v>40862</x:v>
+      </x:c>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s"/>
+      <x:c r="E18" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H18" s="14" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J18" s="14" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="J18" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>45062</x:v>
+        <x:v>45061</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>610130</x:v>
+        <x:v>590312</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>32</x:v>
-[...1 lines deleted...]
-      <x:c r="C19" s="3" t="s"/>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="n">
+        <x:v>40862</x:v>
+      </x:c>
       <x:c r="D19" s="3" t="s"/>
+      <x:c r="E19" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>45062</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>610227</x:v>
+        <x:v>590309</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>45062</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>610247</x:v>
+        <x:v>610130</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>45062</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>610151</x:v>
+        <x:v>610227</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>45062</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>610225</x:v>
+        <x:v>610247</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>36953</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -2233,217 +2231,217 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>45062</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>610230</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>45062</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>610242</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>41642</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>615942</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>36484</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>45060</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>497145</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>36953</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
@@ -2505,51 +2503,51 @@
       <x:c r="I29" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>45062</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>610232</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2558,51 +2556,51 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>45062</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>610146</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>102</x:v>
@@ -2682,175 +2680,175 @@
         <x:v>108</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>618133</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>45062</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>600920</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>45062</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>609105</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>41660</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>46233</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>571080</x:v>
       </x:c>