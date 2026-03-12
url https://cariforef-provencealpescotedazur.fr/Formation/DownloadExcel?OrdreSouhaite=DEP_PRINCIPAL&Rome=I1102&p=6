--- v0 (2026-03-12)
+++ v1 (2026-03-12)
@@ -200,83 +200,83 @@
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : industrie aéronautique double parcours maintenance aéronautique et technologie des aéronefs</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence professionnelle Domotique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Immotique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien spécialisé en maintenance avancée</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence professionnelle Domotique</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien spécialisé en maintenance avancée (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jules Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
@@ -644,57 +644,57 @@
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention métiers de l'industrie : industrie navale et maritime (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travaux portuaires</x:t>
+  </x:si>
+  <x:si>
     <x:t>TOULON CEDEX 09</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Travaux portuaires</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie industriel et maintenance parcours ingénierie des systèmes pluritechniques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention maintenance des systèmes industriels, de production et d'énergie parcours maintenance des systèmes industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
@@ -1478,207 +1478,207 @@
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>575991</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>40923</x:v>
+        <x:v>29796</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>621864</x:v>
+        <x:v>580066</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>29796</x:v>
+        <x:v>40923</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>580066</x:v>
+        <x:v>621864</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U6" s="16" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>40923</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>550290</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
@@ -1742,60 +1742,60 @@
       <x:c r="G9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>605729</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>40923</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -1803,51 +1803,51 @@
       <x:c r="G10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>550289</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
@@ -3662,330 +3662,324 @@
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>574962</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38687</x:v>
+        <x:v>30088</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>24354</x:v>
+        <x:v>24154</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>574948</x:v>
+        <x:v>615148</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>574950</x:v>
+        <x:v>574948</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>591877</x:v>
+        <x:v>574950</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>38684</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>11414</x:v>
+        <x:v>24354</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>591880</x:v>
+        <x:v>591877</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>40923</x:v>
+        <x:v>38684</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
-      <x:c r="E47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>11414</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>605730</x:v>
+        <x:v>591880</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40488</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4003,100 +3997,106 @@
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>592537</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>30088</x:v>
+        <x:v>40923</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
+      <x:c r="E49" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>24154</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>615148</x:v>
+        <x:v>605730</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
@@ -4591,278 +4591,278 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>510678</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>40923</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>617839</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>38981</x:v>
+        <x:v>40510</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>185</x:v>
-[...1 lines deleted...]
-      <x:c r="H60" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>24454</x:v>
+        <x:v>22048</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>591983</x:v>
+        <x:v>605725</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>40510</x:v>
+        <x:v>29798</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>22048</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>605725</x:v>
+        <x:v>550287</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>29798</x:v>
+        <x:v>38981</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>22048</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="P62" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="R62" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="P62" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>550287</x:v>
+        <x:v>591983</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
@@ -4966,51 +4966,51 @@
       <x:c r="G65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>605774</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
@@ -5027,51 +5027,51 @@
       <x:c r="G66" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>605773</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
@@ -5287,51 +5287,51 @@
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>558151</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39130</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>67</x:v>
       </x:c>