--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -1775,634 +1775,635 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>573315</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>22425</x:v>
+        <x:v>22301</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>573309</x:v>
+        <x:v>614820</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>22425</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>573310</x:v>
+        <x:v>573309</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>22301</x:v>
+        <x:v>22425</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>614824</x:v>
+        <x:v>573310</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>573316</x:v>
+        <x:v>614824</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>573317</x:v>
+        <x:v>573316</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>573327</x:v>
+        <x:v>573317</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>573313</x:v>
+        <x:v>573327</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>22490</x:v>
+        <x:v>22301</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>614862</x:v>
+        <x:v>573313</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>22301</x:v>
+        <x:v>22490</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>614842</x:v>
+        <x:v>614862</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>115</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="J24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>45501</x:v>
+        <x:v>22301</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>573299</x:v>
+        <x:v>614842</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>85</x:v>
-[...1 lines deleted...]
-      <x:c r="C25" s="3" t="s"/>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="n">
+        <x:v>36497</x:v>
+      </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
+      <x:c r="J25" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>22301</x:v>
+        <x:v>45501</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>614820</x:v>
+        <x:v>573299</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>64</x:v>